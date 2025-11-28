--- v0 (2025-10-26)
+++ v1 (2025-11-28)
@@ -1,86 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vivek\OneDrive - Sundaram Asset Management Company Limited\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C05AC8D2-C017-42D8-A519-A56E238F2423}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B7BED082-18B4-41F4-A43A-990FE41E4DC4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{E804CC67-AE8C-4220-BF5D-835638619ACB}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$2:$K$50</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="355" uniqueCount="245">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="250">
   <si>
     <t>Scheme Name</t>
   </si>
   <si>
     <t>Investment Objective</t>
   </si>
   <si>
     <t>Inception Date</t>
   </si>
   <si>
     <t xml:space="preserve">Additional Benchmark </t>
   </si>
   <si>
     <t>Nifty 50</t>
   </si>
   <si>
     <t xml:space="preserve">S&amp;P BSE 500 </t>
   </si>
   <si>
     <t>Sundaram Infrastructure Advantage Fund</t>
   </si>
   <si>
     <t>S&amp;P BSE 500</t>
   </si>
   <si>
@@ -545,294 +545,309 @@
 Debt Index (10%) + Domestic Prices of Gold
 (25%)</t>
   </si>
   <si>
     <t>An Open Ended Scheme investing in Equity, Debt &amp; Money Market Instruments and Gold ETFs</t>
   </si>
   <si>
     <t>An open ended equity scheme following business cycles based investing theme</t>
   </si>
   <si>
     <t>13 Cr</t>
   </si>
   <si>
     <t>Regular: 1.38 and Direct: 1.17</t>
   </si>
   <si>
     <t>Regular: 0.16 and Direct: 0.06</t>
   </si>
   <si>
     <t>Regular: 1.48 and Direct: 0.23</t>
   </si>
   <si>
     <t>Regular: 1.15 and Direct: 0.40</t>
   </si>
   <si>
-    <t>Regular: 0.41 and Direct: 0.27</t>
-[...1 lines deleted...]
-  <si>
     <t>Regular: 0.89 and Direct: 0.30</t>
   </si>
   <si>
     <t>Regular: 0.55 and Direct: 0.33</t>
   </si>
   <si>
     <t>Regular: 1.44 and Direct: 1.33</t>
   </si>
   <si>
     <t>Sundaram Global Brand Fund Theme</t>
   </si>
   <si>
-    <t>Regular: 1.99 and Direct: 0.94</t>
-[...1 lines deleted...]
-  <si>
     <t>Regular: 2.18 and Direct: 1.32</t>
   </si>
   <si>
     <t>Regular: 2.02 and Direct: 0.43</t>
   </si>
   <si>
-    <t>Regular: 2.38 and Direct: 1.49</t>
-[...13 lines deleted...]
-  <si>
     <t>Sundaram Multi Factor Fund</t>
   </si>
   <si>
     <t>To provide long-term capital growth by following a multi-factor-based investment strategy</t>
   </si>
   <si>
     <t>BSE 200 TRI</t>
   </si>
   <si>
-    <t>108 Cr.</t>
-[...4 lines deleted...]
-  <si>
     <t>Regular: 2.06 and Direct: 0.60</t>
   </si>
   <si>
-    <t>Regular: 1.41 and Direct: 1.18</t>
-[...1 lines deleted...]
-  <si>
     <t>Regular: 1.40 and Direct:1.18</t>
   </si>
   <si>
     <t>36 Cr</t>
   </si>
   <si>
-    <t>Regular: 1.41 and Direct: 1.19</t>
-[...1 lines deleted...]
-  <si>
     <t>Regular: 1.42 and Direct: 1.18</t>
   </si>
   <si>
-    <t xml:space="preserve"> 43 Cr.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 21 Cr.</t>
   </si>
   <si>
     <t>The Fund has not Completed One Year and  hence  no Performance disclosure</t>
   </si>
   <si>
-    <t>SUNDARAM ASSET MANAGEMENT COMPANY  DASHBOARD  - AUGUST 2025</t>
-[...82 lines deleted...]
-  <si>
     <t>Regular: 1.08 and Direct: 0.61</t>
   </si>
   <si>
-    <t>6,680 Cr.</t>
-[...19 lines deleted...]
-  <si>
     <t>Regular: 1.00 and Direct: 0.17</t>
   </si>
   <si>
-    <t>33 Cr</t>
-[...1 lines deleted...]
-  <si>
     <t>22 Cr</t>
   </si>
   <si>
     <t>75 Cr</t>
   </si>
   <si>
     <t>35 Cr</t>
   </si>
   <si>
     <t>30 Cr</t>
   </si>
   <si>
-    <t>Regular:1.43 and Direct: 1.25,</t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve"> Regular: 0.29 and Direct: 0.17</t>
   </si>
   <si>
-    <t>569 Cr.</t>
-[...7 lines deleted...]
-  <si>
     <t>Regular: 1.83 and Direct: 1.09</t>
   </si>
   <si>
-    <t>806 Cr.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> Regular: 1.85 and Direct: 0.86</t>
+    <t>SUNDARAM ASSET MANAGEMENT COMPANY  DASHBOARD  - SEPTEMBER 2025</t>
+  </si>
+  <si>
+    <t>Closing AUM as on September 30,2025              (in Crs)</t>
+  </si>
+  <si>
+    <t>Closing AUM as on September 30,2025 (in crs)</t>
+  </si>
+  <si>
+    <t>Past performance may or may not be sustained in future. Return/investment value are as of  September 30,2025. Returns are on a compounded annual basis for period more than one year and absolute for one-year period and computed using NAV of Regular Plan-Growth Option. Value of 10,000 invested at inception is as on September 30,2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3,280 Cr.</t>
+  </si>
+  <si>
+    <t>12,585 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3,341 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 6,740 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2,829 Cr.</t>
+  </si>
+  <si>
+    <t>2,064 Cr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1,073 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1,356 Cr.</t>
+  </si>
+  <si>
+    <t>894 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 903 Cr.</t>
+  </si>
+  <si>
+    <t>1,590 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4,426 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 942 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1,514 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1,808 Cr.</t>
+  </si>
+  <si>
+    <t>139 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 123 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 6,944 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1,153 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1,678 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2,799 Cr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 316 Cr.</t>
+  </si>
+  <si>
+    <t>Sundaram Value Fund</t>
+  </si>
+  <si>
+    <t>Nov'1999</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1,442 Cr.</t>
+  </si>
+  <si>
+    <t>34 Cr</t>
+  </si>
+  <si>
+    <t>Regular: 1.92 and Direct: 0.65</t>
+  </si>
+  <si>
+    <t>Regular: 1.74 and Direct: 0.92</t>
+  </si>
+  <si>
+    <t>Regular: 1.92 and Direct: 0.84</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 1.8 and Direct: 0.76</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 1.99 and Direct: 0.94</t>
+  </si>
+  <si>
+    <t>Regular: 2.02 and Direct: 0.63</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 2.27 and Direct: 1.30</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 2.29 and Direct: 1.07</t>
+  </si>
+  <si>
+    <t>Regular: 2.19 and Direct: 1.68</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 2.21 and Direct: 0.52</t>
+  </si>
+  <si>
+    <t>Regular: 1.86 and Direct: 0.72</t>
+  </si>
+  <si>
+    <t>Regular: 2.40 and Direct: 1.88</t>
+  </si>
+  <si>
+    <t>Regular: 2.10 and Direct: 0.78</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 2.38 and Direct: 1.49</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 1.79 and Direct: 0.68</t>
+  </si>
+  <si>
+    <t>Regular: 2.14 and Direct: 0.60</t>
+  </si>
+  <si>
+    <t>Regular: 1.84 and Direct: 0.37</t>
+  </si>
+  <si>
+    <t>Regular: 2.26 and Direct: 1.74</t>
+  </si>
+  <si>
+    <t>Regular: 1.41 and Direct: 1.18,</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular:1.43 and Direct: 1.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 1.41 and Direct: 1.19</t>
+  </si>
+  <si>
+    <t>7,482 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 0.32 and Direct: 0.13</t>
+  </si>
+  <si>
+    <t>393 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2,112 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1,761 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 390 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 400 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 0.41 and Direct: 0.27</t>
+  </si>
+  <si>
+    <t>195 Cr.</t>
+  </si>
+  <si>
+    <t>42 Cr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 798 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 1.85 and Direct: 0.86</t>
+  </si>
+  <si>
+    <t>An open-ended equity scheme that follows value investment strategy</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="[$-409]dd\-mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="[$-409]d/mmm/yy;@"/>
     <numFmt numFmtId="166" formatCode="[$-1014009]#,##0;\(#,##0\)"/>
     <numFmt numFmtId="167" formatCode="[$-409]mmm/yy;@"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
@@ -985,51 +1000,51 @@
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="64">
+  <cellXfs count="60">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
@@ -1080,89 +1095,77 @@
     <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="1" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -1253,51 +1256,51 @@
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="10108406" y="24133969"/>
           <a:ext cx="5238750" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>76200</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>546101</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>6941877</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>1854201</xdr:rowOff>
+      <xdr:rowOff>1689101</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9F7C9B8-DE96-EFA6-B5E7-C6D7884DAA4B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="17710150" y="730251"/>
           <a:ext cx="6865677" cy="1860550"/>
         </a:xfrm>
@@ -2960,1712 +2963,1668 @@
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="17665700" y="18027650"/>
           <a:ext cx="7518400" cy="1225613"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>139700</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>76200</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>7664450</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>1847941</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Picture 17">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9118223-CF09-5771-C607-25740BA1BF82}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="17773650" y="42875200"/>
+          <a:ext cx="7524750" cy="1771741"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>19051</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>25400</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3581400</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>1803491</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="Picture 22">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{584DDB07-C9D6-DA42-C89C-5CB654774376}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14039851" y="2819400"/>
+          <a:ext cx="3562349" cy="1778091"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>31750</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>114300</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3581400</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>1701882</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="Picture 26">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38C6EB7C-0AF4-C64F-5794-23264B6B8A98}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14052550" y="4813300"/>
+          <a:ext cx="3549650" cy="1587582"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>31750</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>146050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3587750</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>1733632</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="Picture 28">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C89D3E65-DC7C-0569-6246-6D64761E06A9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14052550" y="6750050"/>
+          <a:ext cx="3556000" cy="1587582"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>31751</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>50800</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3549651</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>1790789</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="Picture 30">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED36FDAB-EC12-2AC2-1B88-131F46E93D20}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14052551" y="8559800"/>
+          <a:ext cx="3517900" cy="1739989"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>44450</xdr:colOff>
-      <xdr:row>3</xdr:row>
-[...174 lines deleted...]
-      <xdr:colOff>25400</xdr:colOff>
       <xdr:row>7</xdr:row>
-      <xdr:rowOff>95250</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>3543300</xdr:colOff>
+      <xdr:rowOff>50800</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3530600</xdr:colOff>
       <xdr:row>7</xdr:row>
-      <xdr:rowOff>1771736</xdr:rowOff>
-[...35 lines deleted...]
-      <xdr:colOff>19050</xdr:colOff>
+      <xdr:rowOff>1828891</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="Picture 31">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DE6C834-D02D-C052-9C7C-DB0BC0D34661}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14065250" y="10464800"/>
+          <a:ext cx="3486150" cy="1778091"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>63501</xdr:colOff>
       <xdr:row>8</xdr:row>
-      <xdr:rowOff>177800</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>3505200</xdr:colOff>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3511551</xdr:colOff>
       <xdr:row>8</xdr:row>
-      <xdr:rowOff>1365311</xdr:rowOff>
-[...35 lines deleted...]
-      <xdr:colOff>50800</xdr:colOff>
+      <xdr:rowOff>1625677</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="Picture 32">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70AEFF49-729E-0B3C-5ACA-FAC16E12B130}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14084301" y="12452350"/>
+          <a:ext cx="3448050" cy="1492327"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
       <xdr:row>9</xdr:row>
-      <xdr:rowOff>152400</xdr:rowOff>
+      <xdr:rowOff>158750</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>3549650</xdr:colOff>
       <xdr:row>9</xdr:row>
-      <xdr:rowOff>1663778</xdr:rowOff>
-[...23 lines deleted...]
-          <a:ext cx="3498850" cy="1511378"/>
+      <xdr:rowOff>1746332</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="Picture 33">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B82ADC73-FC49-A3DC-528F-A0587CADF3C4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14058900" y="14382750"/>
+          <a:ext cx="3511550" cy="1587582"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>12700</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>50800</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3556000</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1771738</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="Picture 34">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90CCB0AF-E2AE-9371-8552-7DFAB1618A09}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14033500" y="939800"/>
+          <a:ext cx="3543300" cy="1720938"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>25400</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>139700</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3524250</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>1720931</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="Picture 36">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{639D1F8E-5199-8023-F783-BF5C68512E0F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14046200" y="16268700"/>
+          <a:ext cx="3498850" cy="1581231"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>19051</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>88900</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3562350</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>1828889</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="Picture 37">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC5C7AD8-90D2-D397-5AA7-EADAEB3973CC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14039851" y="20027900"/>
+          <a:ext cx="3543299" cy="1739989"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>114300</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3594100</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>1701882</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="Picture 38">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C755EDF-8F74-7D57-77F6-8B03445BB74E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14039850" y="21958300"/>
+          <a:ext cx="3575050" cy="1587582"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>12701</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>25400</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3575051</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>1797141</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="Picture 39">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DFFE97F-36F0-016F-4034-7D4BD12293E9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14033501" y="23774400"/>
+          <a:ext cx="3562350" cy="1771741"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>19051</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>44450</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3575051</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>1803490</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="Picture 40">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96E8A5C5-F2A8-0733-1E09-1DFD0C3062AB}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14039851" y="25698450"/>
+          <a:ext cx="3556000" cy="1759040"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>139700</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3454400</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>1555823</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="Picture 46">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E03DCB97-F400-1AA9-B2F1-F6CEBB5A0052}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14077950" y="27698700"/>
+          <a:ext cx="3397250" cy="1416123"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>63500</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3530599</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>1771740</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="Picture 53">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3FAC84E9-D681-CE8D-FF10-BF24FE69C697}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14084300" y="29483050"/>
+          <a:ext cx="3467099" cy="1752690"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>25400</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3543300</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>1778091</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="Picture 69">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A6C7378-6CD5-441D-B45D-40AA02F842AD}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14046200" y="31369000"/>
+          <a:ext cx="3517900" cy="1778091"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>6350</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>1873250</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3600450</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>31851</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="Picture 70">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8AEC04DE-A298-94F3-1908-FE7CFCB1BCC3}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14027150" y="33242250"/>
+          <a:ext cx="3594100" cy="1968601"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>88901</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3575050</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>1828801</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="Picture 71">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D25CECB-2318-EEC1-9915-D337FDF838D6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14039850" y="35267901"/>
+          <a:ext cx="3556000" cy="1739900"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>6350</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>44451</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3556000</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>1854201</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="Picture 72">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{851BD19E-4B53-15E1-A686-3C749C63A59E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14027150" y="37128451"/>
+          <a:ext cx="3549650" cy="1809750"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>25400</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3581400</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>1816193</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="Picture 74">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E9C6675-3B0C-8ADC-9ACB-1BBEC85E3373}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14046200" y="38989000"/>
+          <a:ext cx="3556000" cy="1816193"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>25400</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>31750</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3587750</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>1860644</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="Picture 76">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CDD99DD7-9CBC-2068-63D1-5DF758CBDDD5}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14046200" y="40925750"/>
+          <a:ext cx="3562350" cy="1828894"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>25401</xdr:colOff>
-      <xdr:row>2</xdr:row>
-[...614 lines deleted...]
-      <xdr:colOff>31751</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>63500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3587751</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>1835241</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="78" name="Picture 77">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DD3D752-EDF0-E803-9851-4BDA0036AF39}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14046201" y="42862500"/>
+          <a:ext cx="3562350" cy="1771741"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>25400</xdr:colOff>
       <xdr:row>27</xdr:row>
-      <xdr:rowOff>76200</xdr:rowOff>
-[...41 lines deleted...]
-      <xdr:colOff>31750</xdr:colOff>
+      <xdr:rowOff>152400</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3587750</xdr:colOff>
       <xdr:row>28</xdr:row>
-      <xdr:rowOff>50800</xdr:rowOff>
-[...29 lines deleted...]
-          <a:ext cx="3492500" cy="1720938"/>
+      <xdr:rowOff>1797232</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="Picture 78">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{35389EA5-4CF3-7512-1F9E-2E2231D16B2D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14046200" y="45212000"/>
+          <a:ext cx="3562350" cy="3549832"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>31750</xdr:colOff>
       <xdr:row>29</xdr:row>
-      <xdr:rowOff>82551</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>3562119</xdr:colOff>
+      <xdr:rowOff>50800</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3460750</xdr:colOff>
       <xdr:row>29</xdr:row>
-      <xdr:rowOff>1460501</xdr:rowOff>
-[...23 lines deleted...]
-          <a:ext cx="3530369" cy="1377950"/>
+      <xdr:rowOff>1809840</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="Picture 79">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E9CE2B6B-BDE7-CE23-C4B5-FEC5DA2EA9EB}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14052550" y="48920400"/>
+          <a:ext cx="3429000" cy="1759040"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>44450</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>209550</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3536950</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>1644822</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="Picture 80">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC0F35DE-F5D0-C77B-96E2-48FD7A822980}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14065250" y="50984150"/>
+          <a:ext cx="3492500" cy="3340272"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
-      <xdr:row>31</xdr:row>
-[...101 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A99389B-32BF-916D-BD41-983B5F7B7B1B}"/>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>476250</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3581400</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>1651171</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="Picture 81">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65255E23-FF62-094A-0A85-36138573398F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="14052551" y="48907700"/>
-[...44 lines deleted...]
-          <a:ext cx="3403600" cy="1682836"/>
+          <a:off x="14058900" y="55619650"/>
+          <a:ext cx="3543300" cy="3333921"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>31750</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>50800</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3581400</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>1714586</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="Picture 84">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA77622B-9271-C6C8-A026-71AFF51A7AF3}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14052550" y="63182500"/>
+          <a:ext cx="3549650" cy="1663786"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>50801</xdr:colOff>
-      <xdr:row>33</xdr:row>
-[...57 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46EC1140-8324-4D02-E66B-86C4AFF5750E}"/>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>63500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3511551</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>1701884</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="Picture 85">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22EB1EF0-06A9-280A-AC50-C87794FFEE85}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="14046200" y="61252100"/>
-[...27 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57FEADE7-63AC-3752-6A22-4AB91510FDB9}"/>
+          <a:off x="14071601" y="61290200"/>
+          <a:ext cx="3460750" cy="1638384"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7793</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>76201</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3606801</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>1822451</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="Picture 108">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78E67F21-A209-2AD3-BE18-6133449EF023}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="14033500" y="59416950"/>
-[...18 lines deleted...]
-      <xdr:colOff>3454400</xdr:colOff>
+          <a:off x="14028593" y="65112901"/>
+          <a:ext cx="3599008" cy="1746250"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>82550</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3530600</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>1765386</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="110" name="Picture 109">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18E7F686-1DC8-C46D-C80D-4D5014CE125A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14039850" y="68929250"/>
+          <a:ext cx="3511550" cy="1682836"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>50800</xdr:colOff>
       <xdr:row>42</xdr:row>
-      <xdr:rowOff>44545</xdr:rowOff>
-[...50 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54679370-500F-D332-983F-48F18EC1CCF1}"/>
+      <xdr:rowOff>50800</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3422650</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>1771738</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="111" name="Picture 110">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2EE8D35-99E0-4077-276C-90FE828FA5F5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="14052550" y="66986150"/>
-[...44 lines deleted...]
-          <a:ext cx="3530600" cy="1365250"/>
+          <a:off x="14071600" y="66992500"/>
+          <a:ext cx="3371850" cy="1720938"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>31751</xdr:colOff>
       <xdr:row>47</xdr:row>
-      <xdr:rowOff>88900</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>3549651</xdr:colOff>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3498851</xdr:colOff>
       <xdr:row>47</xdr:row>
-      <xdr:rowOff>1771736</xdr:rowOff>
-[...123 lines deleted...]
-      <xdr:colOff>1</xdr:colOff>
+      <xdr:rowOff>1759036</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="Picture 111">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C0F0A94-5B90-4222-5302-73B51C89BAE4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14052551" y="76561950"/>
+          <a:ext cx="3467100" cy="1663786"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>44</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>3549651</xdr:colOff>
+      <xdr:colOff>3511550</xdr:colOff>
       <xdr:row>44</xdr:row>
-      <xdr:rowOff>1695537</xdr:rowOff>
-[...6 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7AB9BD1-52A5-2F96-F6F7-0B5AA3CED938}"/>
+      <xdr:rowOff>1701887</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="Picture 112">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1EFBAE5-235D-3FB9-DF99-240A9A0EE6D0}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14020800" y="70751700"/>
+          <a:ext cx="3511550" cy="1701887"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>44451</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>82550</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3429001</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>1765386</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="114" name="Picture 113">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E16683AF-26C3-9FAE-D801-C2E206C1FC36}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14065251" y="72739250"/>
+          <a:ext cx="3384550" cy="1682836"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>76200</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3549650</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>1752686</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="115" name="Picture 114">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94A40F42-04C6-99FB-5EC4-D34834C34DD7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14058900" y="74637900"/>
+          <a:ext cx="3511550" cy="1676486"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>25400</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>63500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3585642</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>1581150</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="116" name="Picture 115">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{187FB202-AD6E-6698-DC85-8F235A6977A2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="14020801" y="68846700"/>
-          <a:ext cx="3549650" cy="1695537"/>
+          <a:off x="14046200" y="78435200"/>
+          <a:ext cx="3560242" cy="1517650"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -4929,1473 +4888,1493 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SESF" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/BSF" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSMAAF" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/FIPF" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSETSF" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/Long_Term_Tax_Advantage_Fund/Long_Term_Tax_Advantage_Fund_4_2017_150517_111250.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSAHF" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSSDF" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/GAF" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSDYF" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/FSOF" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSLF" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSUSDF" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SMCF" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SSF" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/LTTAF3" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/NHEW" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/USTF" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSMCF" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSDYF" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/long_term_tax_advantage_series_3/Long_Term_Tax_Advantage_Series_3_10_2017_141117_125836.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSAF" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SBPDF" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSFF" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/RIFF" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/GAF" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/MIPF" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SSCF" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/long_term_tax_advantage_series_3/Long_Term_Tax_Advantage_Series_3_7_2017_170817_112423.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/FSOF" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSBAF" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SMMF" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSFCF" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSLCF" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/EMF" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SUNONF" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/long_term_tax_advantage_series_3/Long_Term_Tax_Advantage_Series_3_3_2017_190417_153221.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SESF" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/BSF" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSMAAF" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/FIPF" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSETSF" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/Long_Term_Tax_Advantage_Fund/Long_Term_Tax_Advantage_Fund_4_2017_150517_111250.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSAHF" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSSDF" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/GAF" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSDYF" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/TSF" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/FSOF" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSLF" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSUSDF" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SMCF" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SSF" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/LTTAF3" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/NHEW" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/USTF" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSMCF" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Downloads_Pdf/Portfolio_Archives/2025/Jul/Equity/SUNMFF.xlsx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/long_term_tax_advantage_series_3/Long_Term_Tax_Advantage_Series_3_10_2017_141117_125836.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSAF" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SBPDF" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSFF" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/RIFF" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/GAF" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/MIPF" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SSCF" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/long_term_tax_advantage_series_3/Long_Term_Tax_Advantage_Series_3_7_2017_170817_112423.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/FSOF" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSBAF" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SMMF" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSFCF" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSLCF" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/EMF" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SUNONF" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/long_term_tax_advantage_series_3/Long_Term_Tax_Advantage_Series_3_3_2017_190417_153221.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{95621368-C8CD-4DC0-B933-D14C9F72AA92}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K57"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A8" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="topRight" activeCell="J45" sqref="J45"/>
+    <sheetView tabSelected="1" topLeftCell="A24" zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="1" topLeftCell="C1" activePane="topRight" state="frozen"/>
+      <selection pane="topRight" activeCell="I25" sqref="I25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="43.7265625" style="8" customWidth="1"/>
     <col min="2" max="2" width="49.453125" style="9" customWidth="1"/>
     <col min="3" max="3" width="12.1796875" style="5" customWidth="1"/>
     <col min="4" max="5" width="20.7265625" style="7" customWidth="1"/>
     <col min="6" max="6" width="12.7265625" style="7" customWidth="1"/>
     <col min="7" max="7" width="15.7265625" style="7" customWidth="1"/>
     <col min="8" max="9" width="12.7265625" style="7" customWidth="1"/>
     <col min="10" max="10" width="51.7265625" style="4" customWidth="1"/>
     <col min="11" max="11" width="110.7265625" style="4" customWidth="1"/>
     <col min="12" max="16384" width="9.1796875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A1" s="16" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="16"/>
       <c r="E1" s="16"/>
       <c r="F1" s="16"/>
-      <c r="G1" s="51"/>
+      <c r="G1" s="47"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
     </row>
-    <row r="2" spans="1:11" ht="42" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:11" ht="56" x14ac:dyDescent="0.3">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>117</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>42</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>47</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>44</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="3" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="23" t="s">
         <v>138</v>
       </c>
       <c r="B3" s="23" t="s">
         <v>97</v>
       </c>
-      <c r="C3" s="39" t="s">
+      <c r="C3" s="36" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="23" t="s">
         <v>56</v>
       </c>
       <c r="E3" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F3" s="23" t="s">
         <v>57</v>
       </c>
-      <c r="G3" s="52" t="s">
-[...3 lines deleted...]
-        <v>175</v>
+      <c r="G3" s="48" t="s">
+        <v>197</v>
+      </c>
+      <c r="H3" s="48" t="s">
+        <v>224</v>
       </c>
       <c r="I3" s="32" t="s">
         <v>46</v>
       </c>
-      <c r="J3" s="54"/>
+      <c r="J3" s="50"/>
       <c r="K3" s="15"/>
     </row>
     <row r="4" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="23" t="s">
         <v>58</v>
       </c>
       <c r="B4" s="23" t="s">
         <v>98</v>
       </c>
-      <c r="C4" s="39" t="s">
+      <c r="C4" s="36" t="s">
         <v>61</v>
       </c>
       <c r="D4" s="11" t="s">
         <v>59</v>
       </c>
       <c r="E4" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F4" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G4" s="52" t="s">
-[...3 lines deleted...]
-        <v>172</v>
+      <c r="G4" s="48" t="s">
+        <v>190</v>
+      </c>
+      <c r="H4" s="48" t="s">
+        <v>216</v>
       </c>
       <c r="I4" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J4" s="15"/>
       <c r="K4" s="15"/>
     </row>
     <row r="5" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="23" t="s">
         <v>60</v>
       </c>
       <c r="B5" s="23" t="s">
         <v>49</v>
       </c>
-      <c r="C5" s="39" t="s">
+      <c r="C5" s="36" t="s">
         <v>61</v>
       </c>
       <c r="D5" s="23" t="s">
         <v>62</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>119</v>
       </c>
       <c r="F5" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G5" s="52" t="s">
-[...3 lines deleted...]
-        <v>196</v>
+      <c r="G5" s="48" t="s">
+        <v>191</v>
+      </c>
+      <c r="H5" s="48" t="s">
+        <v>217</v>
       </c>
       <c r="I5" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J5" s="15"/>
       <c r="K5" s="15"/>
     </row>
     <row r="6" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="23" t="s">
         <v>63</v>
       </c>
       <c r="B6" s="23" t="s">
         <v>43</v>
       </c>
-      <c r="C6" s="39" t="s">
+      <c r="C6" s="36" t="s">
         <v>66</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>64</v>
       </c>
       <c r="E6" s="11" t="s">
         <v>120</v>
       </c>
       <c r="F6" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G6" s="52" t="s">
-[...3 lines deleted...]
-        <v>198</v>
+      <c r="G6" s="48" t="s">
+        <v>192</v>
+      </c>
+      <c r="H6" s="48" t="s">
+        <v>218</v>
       </c>
       <c r="I6" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J6" s="15"/>
       <c r="K6" s="15"/>
     </row>
     <row r="7" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="23" t="s">
         <v>65</v>
       </c>
       <c r="B7" s="23" t="s">
         <v>99</v>
       </c>
-      <c r="C7" s="39" t="s">
+      <c r="C7" s="36" t="s">
         <v>68</v>
       </c>
       <c r="D7" s="11" t="s">
         <v>67</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>67</v>
       </c>
       <c r="F7" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G7" s="52" t="s">
-[...3 lines deleted...]
-        <v>173</v>
+      <c r="G7" s="48" t="s">
+        <v>193</v>
+      </c>
+      <c r="H7" s="48" t="s">
+        <v>219</v>
       </c>
       <c r="I7" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J7" s="15"/>
       <c r="K7" s="15"/>
     </row>
     <row r="8" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="23" t="s">
         <v>69</v>
       </c>
       <c r="B8" s="11" t="s">
         <v>100</v>
       </c>
-      <c r="C8" s="39" t="s">
+      <c r="C8" s="36" t="s">
         <v>70</v>
       </c>
       <c r="D8" s="23" t="s">
         <v>71</v>
       </c>
       <c r="E8" s="23" t="s">
         <v>71</v>
       </c>
       <c r="F8" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G8" s="52" t="s">
-[...3 lines deleted...]
-        <v>168</v>
+      <c r="G8" s="48" t="s">
+        <v>194</v>
+      </c>
+      <c r="H8" s="48" t="s">
+        <v>220</v>
       </c>
       <c r="I8" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J8" s="15"/>
       <c r="K8" s="15"/>
     </row>
     <row r="9" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="23" t="s">
         <v>135</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>137</v>
       </c>
-      <c r="C9" s="39" t="s">
+      <c r="C9" s="36" t="s">
         <v>136</v>
       </c>
       <c r="D9" s="23" t="s">
         <v>56</v>
       </c>
       <c r="E9" s="23" t="s">
         <v>56</v>
       </c>
       <c r="F9" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G9" s="52" t="s">
-[...3 lines deleted...]
-        <v>174</v>
+      <c r="G9" s="48" t="s">
+        <v>195</v>
+      </c>
+      <c r="H9" s="48" t="s">
+        <v>221</v>
       </c>
       <c r="I9" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15"/>
     </row>
     <row r="10" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="11" t="s">
         <v>72</v>
       </c>
       <c r="B10" s="23" t="s">
         <v>101</v>
       </c>
-      <c r="C10" s="39" t="s">
+      <c r="C10" s="36" t="s">
         <v>73</v>
       </c>
       <c r="D10" s="11" t="s">
         <v>56</v>
       </c>
       <c r="E10" s="23" t="s">
         <v>67</v>
       </c>
       <c r="F10" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G10" s="52" t="s">
-[...3 lines deleted...]
-        <v>203</v>
+      <c r="G10" s="48" t="s">
+        <v>196</v>
+      </c>
+      <c r="H10" s="48" t="s">
+        <v>222</v>
       </c>
       <c r="I10" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15"/>
     </row>
     <row r="11" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="11" t="s">
         <v>74</v>
       </c>
       <c r="B11" s="23" t="s">
         <v>102</v>
       </c>
-      <c r="C11" s="39" t="s">
+      <c r="C11" s="36" t="s">
         <v>75</v>
       </c>
       <c r="D11" s="11" t="s">
         <v>56</v>
       </c>
       <c r="E11" s="23" t="s">
         <v>121</v>
       </c>
       <c r="F11" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G11" s="52" t="s">
-[...3 lines deleted...]
-        <v>206</v>
+      <c r="G11" s="48" t="s">
+        <v>198</v>
+      </c>
+      <c r="H11" s="48" t="s">
+        <v>223</v>
       </c>
       <c r="I11" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15"/>
     </row>
     <row r="12" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="23" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="B12" s="23" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="C12" s="57">
+        <v>170</v>
+      </c>
+      <c r="C12" s="53">
         <v>45839</v>
       </c>
       <c r="D12" s="23" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="E12" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F12" s="23" t="s">
         <v>48</v>
       </c>
-      <c r="G12" s="52" t="s">
-[...3 lines deleted...]
-        <v>208</v>
+      <c r="G12" s="48" t="s">
+        <v>199</v>
+      </c>
+      <c r="H12" s="48" t="s">
+        <v>225</v>
       </c>
       <c r="I12" s="32" t="s">
         <v>46</v>
       </c>
-      <c r="J12" s="52" t="s">
-        <v>189</v>
+      <c r="J12" s="48" t="s">
+        <v>177</v>
       </c>
       <c r="K12" s="15"/>
     </row>
     <row r="13" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="23" t="s">
         <v>115</v>
       </c>
       <c r="B13" s="23" t="s">
         <v>133</v>
       </c>
-      <c r="C13" s="39" t="s">
+      <c r="C13" s="36" t="s">
         <v>76</v>
       </c>
       <c r="D13" s="11" t="s">
         <v>77</v>
       </c>
       <c r="E13" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F13" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G13" s="52" t="s">
-[...3 lines deleted...]
-        <v>169</v>
+      <c r="G13" s="48" t="s">
+        <v>200</v>
+      </c>
+      <c r="H13" s="48" t="s">
+        <v>167</v>
       </c>
       <c r="I13" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J13" s="15"/>
       <c r="K13" s="15"/>
     </row>
     <row r="14" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="23" t="s">
         <v>78</v>
       </c>
       <c r="B14" s="23" t="s">
         <v>103</v>
       </c>
-      <c r="C14" s="39" t="s">
+      <c r="C14" s="36" t="s">
         <v>79</v>
       </c>
       <c r="D14" s="11" t="s">
         <v>80</v>
       </c>
       <c r="E14" s="11" t="s">
         <v>122</v>
       </c>
       <c r="F14" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G14" s="52" t="s">
-[...3 lines deleted...]
-        <v>211</v>
+      <c r="G14" s="48" t="s">
+        <v>201</v>
+      </c>
+      <c r="H14" s="48" t="s">
+        <v>226</v>
       </c>
       <c r="I14" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J14" s="15"/>
       <c r="K14" s="15"/>
     </row>
     <row r="15" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="23" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="23" t="s">
         <v>104</v>
       </c>
-      <c r="C15" s="39" t="s">
+      <c r="C15" s="36" t="s">
         <v>82</v>
       </c>
       <c r="D15" s="33" t="s">
         <v>81</v>
       </c>
       <c r="E15" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F15" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G15" s="52" t="s">
-[...3 lines deleted...]
-        <v>213</v>
+      <c r="G15" s="48" t="s">
+        <v>202</v>
+      </c>
+      <c r="H15" s="48" t="s">
+        <v>227</v>
       </c>
       <c r="I15" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15"/>
     </row>
     <row r="16" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="23" t="s">
         <v>83</v>
       </c>
       <c r="B16" s="23" t="s">
         <v>105</v>
       </c>
-      <c r="C16" s="39" t="s">
+      <c r="C16" s="36" t="s">
         <v>84</v>
       </c>
       <c r="D16" s="33" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F16" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G16" s="52" t="s">
-[...3 lines deleted...]
-        <v>215</v>
+      <c r="G16" s="48" t="s">
+        <v>203</v>
+      </c>
+      <c r="H16" s="48" t="s">
+        <v>228</v>
       </c>
       <c r="I16" s="32" t="s">
         <v>46</v>
       </c>
       <c r="K16" s="15"/>
     </row>
     <row r="17" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="23" t="s">
         <v>150</v>
       </c>
       <c r="B17" s="23" t="s">
         <v>157</v>
       </c>
-      <c r="C17" s="39" t="s">
+      <c r="C17" s="36" t="s">
         <v>151</v>
       </c>
       <c r="D17" s="23" t="s">
         <v>152</v>
       </c>
       <c r="E17" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F17" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G17" s="50" t="s">
-[...3 lines deleted...]
-        <v>170</v>
+      <c r="G17" s="46" t="s">
+        <v>204</v>
+      </c>
+      <c r="H17" s="48" t="s">
+        <v>168</v>
       </c>
       <c r="I17" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J17" s="23"/>
     </row>
     <row r="18" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="23" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B18" s="23" t="s">
         <v>106</v>
       </c>
-      <c r="C18" s="39" t="s">
+      <c r="C18" s="36" t="s">
         <v>85</v>
       </c>
       <c r="D18" s="33" t="s">
         <v>86</v>
       </c>
       <c r="E18" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F18" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G18" s="52" t="s">
-[...3 lines deleted...]
-        <v>171</v>
+      <c r="G18" s="48" t="s">
+        <v>205</v>
+      </c>
+      <c r="H18" s="48" t="s">
+        <v>229</v>
       </c>
       <c r="I18" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J18" s="15"/>
     </row>
     <row r="19" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="23" t="s">
         <v>87</v>
       </c>
       <c r="B19" s="23" t="s">
         <v>107</v>
       </c>
-      <c r="C19" s="39" t="s">
+      <c r="C19" s="36" t="s">
         <v>88</v>
       </c>
       <c r="D19" s="33" t="s">
         <v>123</v>
       </c>
       <c r="E19" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F19" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G19" s="52" t="s">
-[...3 lines deleted...]
-        <v>218</v>
+      <c r="G19" s="48" t="s">
+        <v>206</v>
+      </c>
+      <c r="H19" s="48" t="s">
+        <v>178</v>
       </c>
       <c r="I19" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J19" s="15"/>
       <c r="K19" s="15"/>
     </row>
     <row r="20" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="23" t="s">
         <v>89</v>
       </c>
       <c r="B20" s="23" t="s">
         <v>108</v>
       </c>
-      <c r="C20" s="39" t="s">
+      <c r="C20" s="36" t="s">
         <v>90</v>
       </c>
       <c r="D20" s="23" t="s">
         <v>91</v>
       </c>
       <c r="E20" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F20" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G20" s="52" t="s">
-[...3 lines deleted...]
-        <v>180</v>
+      <c r="G20" s="48" t="s">
+        <v>207</v>
+      </c>
+      <c r="H20" s="48" t="s">
+        <v>230</v>
       </c>
       <c r="I20" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J20" s="15"/>
       <c r="K20" s="15"/>
     </row>
     <row r="21" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="40" t="s">
+      <c r="A21" s="37" t="s">
         <v>92</v>
       </c>
-      <c r="B21" s="40" t="s">
+      <c r="B21" s="37" t="s">
         <v>109</v>
       </c>
-      <c r="C21" s="41" t="s">
+      <c r="C21" s="38" t="s">
         <v>93</v>
       </c>
-      <c r="D21" s="40" t="s">
+      <c r="D21" s="37" t="s">
         <v>20</v>
       </c>
-      <c r="E21" s="40" t="s">
+      <c r="E21" s="37" t="s">
         <v>134</v>
       </c>
-      <c r="F21" s="42" t="s">
+      <c r="F21" s="39" t="s">
         <v>94</v>
       </c>
-      <c r="G21" s="52" t="s">
-[...5 lines deleted...]
-      <c r="I21" s="43" t="s">
+      <c r="G21" s="48" t="s">
+        <v>208</v>
+      </c>
+      <c r="H21" s="48" t="s">
+        <v>231</v>
+      </c>
+      <c r="I21" s="40" t="s">
         <v>46</v>
       </c>
       <c r="J21" s="15"/>
     </row>
     <row r="22" spans="1:11" s="15" customFormat="1" ht="150" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="23" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="23" t="s">
         <v>110</v>
       </c>
-      <c r="C22" s="39" t="s">
+      <c r="C22" s="36" t="s">
         <v>95</v>
       </c>
-      <c r="D22" s="40" t="s">
+      <c r="D22" s="37" t="s">
         <v>124</v>
       </c>
-      <c r="E22" s="40" t="s">
+      <c r="E22" s="37" t="s">
         <v>134</v>
       </c>
       <c r="F22" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G22" s="52" t="s">
-[...3 lines deleted...]
-        <v>181</v>
+      <c r="G22" s="48" t="s">
+        <v>209</v>
+      </c>
+      <c r="H22" s="48" t="s">
+        <v>172</v>
       </c>
       <c r="I22" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J22"/>
     </row>
     <row r="23" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="23" t="s">
         <v>153</v>
       </c>
       <c r="B23" s="23" t="s">
         <v>156</v>
       </c>
-      <c r="C23" s="39" t="s">
+      <c r="C23" s="36" t="s">
         <v>154</v>
       </c>
       <c r="D23" s="23" t="s">
         <v>155</v>
       </c>
       <c r="E23" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F23" s="23" t="s">
         <v>134</v>
       </c>
-      <c r="G23" s="50" t="s">
-[...3 lines deleted...]
-        <v>224</v>
+      <c r="G23" s="46" t="s">
+        <v>210</v>
+      </c>
+      <c r="H23" s="48" t="s">
+        <v>232</v>
       </c>
       <c r="I23" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J23" s="15"/>
       <c r="K23" s="15"/>
     </row>
     <row r="24" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="23" t="s">
         <v>18</v>
       </c>
       <c r="B24" s="23" t="s">
         <v>111</v>
       </c>
-      <c r="C24" s="39" t="s">
+      <c r="C24" s="36" t="s">
         <v>114</v>
       </c>
       <c r="D24" s="23" t="s">
         <v>19</v>
       </c>
       <c r="E24" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F24" s="11" t="s">
         <v>96</v>
       </c>
-      <c r="G24" s="52" t="s">
-[...3 lines deleted...]
-        <v>226</v>
+      <c r="G24" s="48" t="s">
+        <v>211</v>
+      </c>
+      <c r="H24" s="48" t="s">
+        <v>179</v>
       </c>
       <c r="I24" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J24" s="15"/>
       <c r="K24" s="15"/>
     </row>
-    <row r="25" spans="1:11" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      <c r="I25" s="36"/>
+    <row r="25" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="23" t="s">
+        <v>212</v>
+      </c>
+      <c r="B25" s="23" t="s">
+        <v>249</v>
+      </c>
+      <c r="C25" s="36" t="s">
+        <v>213</v>
+      </c>
+      <c r="D25" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="E25" s="23" t="s">
+        <v>134</v>
+      </c>
+      <c r="F25" s="11" t="s">
+        <v>48</v>
+      </c>
+      <c r="G25" s="48" t="s">
+        <v>214</v>
+      </c>
+      <c r="H25" s="48" t="s">
+        <v>233</v>
+      </c>
+      <c r="I25" s="32" t="s">
+        <v>46</v>
+      </c>
+      <c r="J25" s="15"/>
+      <c r="K25" s="15"/>
     </row>
     <row r="26" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A26" s="20"/>
       <c r="B26" s="20"/>
       <c r="C26" s="29"/>
       <c r="D26" s="18"/>
       <c r="E26" s="18"/>
       <c r="F26" s="18"/>
-      <c r="G26" s="46"/>
+      <c r="G26" s="43"/>
       <c r="H26" s="19"/>
       <c r="I26" s="17"/>
       <c r="J26" s="18"/>
     </row>
     <row r="27" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A27" s="28" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="20"/>
       <c r="C27" s="18"/>
       <c r="D27" s="18"/>
       <c r="E27" s="18"/>
       <c r="F27" s="18"/>
-      <c r="G27" s="46"/>
+      <c r="G27" s="43"/>
       <c r="H27" s="19"/>
       <c r="I27" s="19"/>
     </row>
-    <row r="28" spans="1:11" s="38" customFormat="1" ht="150" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:11" s="35" customFormat="1" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="24" t="s">
         <v>9</v>
       </c>
       <c r="B28" s="24" t="s">
         <v>52</v>
       </c>
-      <c r="C28" s="37">
+      <c r="C28" s="34">
         <v>42450</v>
       </c>
-      <c r="D28" s="55" t="s">
+      <c r="D28" s="51" t="s">
         <v>7</v>
       </c>
-      <c r="E28" s="55" t="s">
+      <c r="E28" s="51" t="s">
         <v>134</v>
       </c>
       <c r="F28" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="G28" s="53" t="s">
+      <c r="G28" s="49" t="s">
         <v>158</v>
       </c>
-      <c r="H28" s="52" t="s">
+      <c r="H28" s="48" t="s">
         <v>159</v>
       </c>
-      <c r="I28" s="58" t="s">
+      <c r="I28" s="54" t="s">
         <v>46</v>
       </c>
       <c r="J28" s="31"/>
       <c r="K28" s="31"/>
     </row>
     <row r="29" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="25" t="s">
         <v>10</v>
       </c>
-      <c r="B29" s="48" t="s">
+      <c r="B29" s="44" t="s">
         <v>53</v>
       </c>
       <c r="C29" s="26">
         <v>43187</v>
       </c>
       <c r="D29" s="30" t="s">
         <v>5</v>
       </c>
       <c r="E29" s="24" t="s">
         <v>134</v>
       </c>
       <c r="F29" s="25" t="s">
         <v>4</v>
       </c>
-      <c r="G29" s="49" t="s">
-[...5 lines deleted...]
-      <c r="I29" s="59"/>
+      <c r="G29" s="45" t="s">
+        <v>215</v>
+      </c>
+      <c r="H29" s="48" t="s">
+        <v>234</v>
+      </c>
+      <c r="I29" s="55"/>
       <c r="J29" s="15"/>
       <c r="K29" s="15"/>
     </row>
     <row r="30" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="25" t="s">
         <v>11</v>
       </c>
-      <c r="B30" s="48" t="s">
+      <c r="B30" s="44" t="s">
         <v>53</v>
       </c>
       <c r="C30" s="26">
         <v>43286</v>
       </c>
       <c r="D30" s="25" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="24" t="s">
         <v>134</v>
       </c>
       <c r="F30" s="25" t="s">
         <v>4</v>
       </c>
-      <c r="G30" s="49" t="s">
-[...5 lines deleted...]
-      <c r="I30" s="60"/>
+      <c r="G30" s="45" t="s">
+        <v>180</v>
+      </c>
+      <c r="H30" s="48" t="s">
+        <v>173</v>
+      </c>
+      <c r="I30" s="56"/>
       <c r="J30" s="15"/>
       <c r="K30" s="15"/>
     </row>
     <row r="31" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="B31" s="48" t="s">
+      <c r="B31" s="44" t="s">
         <v>51</v>
       </c>
       <c r="C31" s="26">
         <v>42692</v>
       </c>
       <c r="D31" s="30" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="24" t="s">
         <v>134</v>
       </c>
       <c r="F31" s="25" t="s">
         <v>4</v>
       </c>
-      <c r="G31" s="49" t="s">
-[...5 lines deleted...]
-      <c r="I31" s="63" t="s">
+      <c r="G31" s="45" t="s">
+        <v>181</v>
+      </c>
+      <c r="H31" s="48" t="s">
+        <v>235</v>
+      </c>
+      <c r="I31" s="59" t="s">
         <v>46</v>
       </c>
       <c r="J31" s="15"/>
       <c r="K31" s="15"/>
     </row>
     <row r="32" spans="1:11" ht="194.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="25" t="s">
         <v>15</v>
       </c>
-      <c r="B32" s="48" t="s">
+      <c r="B32" s="44" t="s">
         <v>54</v>
       </c>
       <c r="C32" s="26">
         <v>42818</v>
       </c>
       <c r="D32" s="30" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="24" t="s">
         <v>134</v>
       </c>
       <c r="F32" s="25" t="s">
         <v>4</v>
       </c>
-      <c r="G32" s="49" t="s">
-[...5 lines deleted...]
-      <c r="I32" s="63"/>
+      <c r="G32" s="45" t="s">
+        <v>182</v>
+      </c>
+      <c r="H32" s="48" t="s">
+        <v>165</v>
+      </c>
+      <c r="I32" s="59"/>
       <c r="J32" s="15"/>
       <c r="K32" s="15"/>
     </row>
     <row r="33" spans="1:11" ht="170.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="25" t="s">
         <v>16</v>
       </c>
-      <c r="B33" s="48" t="s">
+      <c r="B33" s="44" t="s">
         <v>54</v>
       </c>
       <c r="C33" s="26">
         <v>42921</v>
       </c>
       <c r="D33" s="30" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="24" t="s">
         <v>134</v>
       </c>
       <c r="F33" s="25" t="s">
         <v>4</v>
       </c>
-      <c r="G33" s="49" t="s">
-[...5 lines deleted...]
-      <c r="I33" s="63"/>
+      <c r="G33" s="45" t="s">
+        <v>183</v>
+      </c>
+      <c r="H33" s="48" t="s">
+        <v>236</v>
+      </c>
+      <c r="I33" s="59"/>
       <c r="J33" s="15"/>
       <c r="K33" s="15"/>
     </row>
     <row r="34" spans="1:11" ht="200.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="B34" s="48" t="s">
+      <c r="B34" s="44" t="s">
         <v>54</v>
       </c>
       <c r="C34" s="26">
         <v>43006</v>
       </c>
       <c r="D34" s="30" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="24" t="s">
         <v>134</v>
       </c>
       <c r="F34" s="25" t="s">
         <v>4</v>
       </c>
-      <c r="G34" s="49" t="s">
-[...5 lines deleted...]
-      <c r="I34" s="63"/>
+      <c r="G34" s="45" t="s">
+        <v>174</v>
+      </c>
+      <c r="H34" s="48" t="s">
+        <v>175</v>
+      </c>
+      <c r="I34" s="59"/>
       <c r="J34" s="15"/>
       <c r="K34" s="15"/>
     </row>
     <row r="35" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A35" s="20"/>
       <c r="B35" s="20"/>
       <c r="C35" s="27"/>
       <c r="D35" s="18"/>
       <c r="E35" s="18"/>
       <c r="F35" s="18"/>
       <c r="G35" s="14"/>
       <c r="H35" s="21"/>
       <c r="I35" s="17"/>
     </row>
     <row r="36" spans="1:11" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B36" s="5"/>
       <c r="D36" s="5"/>
       <c r="E36" s="5"/>
       <c r="H36" s="22"/>
       <c r="I36" s="22"/>
     </row>
     <row r="37" spans="1:11" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A37" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B37" s="5"/>
     </row>
     <row r="38" spans="1:11" ht="17.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B38" s="5"/>
     </row>
     <row r="39" spans="1:11" ht="42" x14ac:dyDescent="0.3">
       <c r="A39" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>117</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>132</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>42</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>47</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>44</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="40" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="11" t="s">
         <v>23</v>
       </c>
       <c r="B40" s="11" t="s">
         <v>24</v>
       </c>
       <c r="C40" s="10">
         <v>43544</v>
       </c>
       <c r="D40" s="11" t="s">
         <v>25</v>
       </c>
       <c r="E40" s="11" t="s">
         <v>96</v>
       </c>
       <c r="F40" s="11" t="s">
         <v>26</v>
       </c>
-      <c r="G40" s="56" t="s">
-        <v>235</v>
+      <c r="G40" s="52" t="s">
+        <v>239</v>
       </c>
       <c r="H40" s="23" t="s">
         <v>160</v>
       </c>
       <c r="I40" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J40" s="31"/>
       <c r="K40" s="31"/>
     </row>
     <row r="41" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="23" t="s">
         <v>113</v>
       </c>
       <c r="B41" s="11" t="s">
         <v>27</v>
       </c>
       <c r="C41" s="10">
         <v>38698</v>
       </c>
       <c r="D41" s="23" t="s">
         <v>142</v>
       </c>
       <c r="E41" s="11" t="s">
         <v>125</v>
       </c>
       <c r="F41" s="11" t="s">
         <v>26</v>
       </c>
-      <c r="G41" s="49" t="s">
-        <v>233</v>
+      <c r="G41" s="45" t="s">
+        <v>237</v>
       </c>
       <c r="H41" s="23" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="I41" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J41" s="31"/>
       <c r="K41" s="31"/>
     </row>
     <row r="42" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="23" t="s">
         <v>116</v>
       </c>
       <c r="B42" s="23" t="s">
         <v>28</v>
       </c>
-      <c r="C42" s="39">
+      <c r="C42" s="36">
         <v>43640</v>
       </c>
       <c r="D42" s="23" t="s">
         <v>143</v>
       </c>
       <c r="E42" s="11" t="s">
         <v>126</v>
       </c>
       <c r="F42" s="23" t="s">
         <v>29</v>
       </c>
-      <c r="G42" s="49" t="s">
-        <v>236</v>
+      <c r="G42" s="45" t="s">
+        <v>240</v>
       </c>
       <c r="H42" s="23" t="s">
         <v>161</v>
       </c>
       <c r="I42" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J42" s="31"/>
       <c r="K42" s="31"/>
     </row>
     <row r="43" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="23" t="s">
         <v>30</v>
       </c>
       <c r="B43" s="23" t="s">
         <v>31</v>
       </c>
-      <c r="C43" s="39">
+      <c r="C43" s="36">
         <v>39195</v>
       </c>
       <c r="D43" s="23" t="s">
         <v>144</v>
       </c>
       <c r="E43" s="11" t="s">
         <v>127</v>
       </c>
       <c r="F43" s="23" t="s">
         <v>26</v>
       </c>
-      <c r="G43" s="53" t="s">
-        <v>239</v>
+      <c r="G43" s="49" t="s">
+        <v>242</v>
       </c>
       <c r="H43" s="23" t="s">
         <v>162</v>
       </c>
       <c r="I43" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J43" s="31"/>
       <c r="K43" s="31"/>
     </row>
     <row r="44" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="23" t="s">
         <v>32</v>
       </c>
       <c r="B44" s="23" t="s">
         <v>33</v>
       </c>
-      <c r="C44" s="44">
+      <c r="C44" s="41">
         <v>43369</v>
       </c>
       <c r="D44" s="23" t="s">
         <v>145</v>
       </c>
       <c r="E44" s="23" t="s">
         <v>96</v>
       </c>
       <c r="F44" s="23" t="s">
         <v>26</v>
       </c>
-      <c r="G44" s="53" t="s">
-        <v>237</v>
+      <c r="G44" s="49" t="s">
+        <v>241</v>
       </c>
       <c r="H44" s="23" t="s">
-        <v>238</v>
+        <v>184</v>
       </c>
       <c r="I44" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J44" s="31"/>
       <c r="K44" s="31"/>
     </row>
     <row r="45" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="23" t="s">
         <v>112</v>
       </c>
       <c r="B45" s="23" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="3">
         <v>37504</v>
       </c>
       <c r="D45" s="23" t="s">
         <v>146</v>
       </c>
       <c r="E45" s="23" t="s">
         <v>128</v>
       </c>
       <c r="F45" s="23" t="s">
         <v>29</v>
       </c>
-      <c r="G45" s="49" t="s">
-        <v>241</v>
+      <c r="G45" s="45" t="s">
+        <v>245</v>
       </c>
       <c r="H45" s="23" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="I45" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J45" s="31"/>
       <c r="K45" s="31"/>
     </row>
     <row r="46" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="23" t="s">
         <v>140</v>
       </c>
       <c r="B46" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="C46" s="44">
+      <c r="C46" s="41">
         <v>35782</v>
       </c>
       <c r="D46" s="23" t="s">
         <v>147</v>
       </c>
       <c r="E46" s="23" t="s">
         <v>129</v>
       </c>
       <c r="F46" s="23" t="s">
         <v>36</v>
       </c>
-      <c r="G46" s="49" t="s">
-        <v>187</v>
+      <c r="G46" s="45" t="s">
+        <v>246</v>
       </c>
       <c r="H46" s="23" t="s">
-        <v>242</v>
+        <v>185</v>
       </c>
       <c r="I46" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J46" s="31"/>
       <c r="K46" s="31"/>
     </row>
     <row r="47" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A47" s="23" t="s">
         <v>37</v>
       </c>
       <c r="B47" s="23" t="s">
         <v>38</v>
       </c>
-      <c r="C47" s="45">
+      <c r="C47" s="42">
         <v>39895</v>
       </c>
       <c r="D47" s="23" t="s">
         <v>148</v>
       </c>
       <c r="E47" s="23" t="s">
         <v>130</v>
       </c>
       <c r="F47" s="23" t="s">
         <v>36</v>
       </c>
-      <c r="G47" s="53" t="s">
-        <v>243</v>
+      <c r="G47" s="49" t="s">
+        <v>247</v>
       </c>
       <c r="H47" s="23" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="I47" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J47"/>
       <c r="K47" s="31"/>
     </row>
     <row r="48" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="23" t="s">
         <v>141</v>
       </c>
       <c r="B48" s="23" t="s">
         <v>39</v>
       </c>
       <c r="C48" s="3">
         <v>39895</v>
       </c>
       <c r="D48" s="23" t="s">
         <v>149</v>
       </c>
       <c r="E48" s="23" t="s">
         <v>130</v>
       </c>
       <c r="F48" s="23" t="s">
         <v>29</v>
       </c>
-      <c r="G48" s="49" t="s">
-        <v>240</v>
+      <c r="G48" s="45" t="s">
+        <v>243</v>
       </c>
       <c r="H48" s="23" t="s">
-        <v>163</v>
+        <v>244</v>
       </c>
       <c r="I48" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J48" s="31"/>
       <c r="K48" s="31"/>
     </row>
     <row r="49" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="23" t="s">
         <v>139</v>
       </c>
       <c r="B49" s="23" t="s">
         <v>40</v>
       </c>
       <c r="C49" s="3">
         <v>40245</v>
       </c>
       <c r="D49" s="23" t="s">
         <v>41</v>
       </c>
       <c r="E49" s="23" t="s">
         <v>131</v>
       </c>
       <c r="F49" s="23" t="s">
         <v>36</v>
       </c>
-      <c r="G49" s="49" t="s">
-        <v>188</v>
+      <c r="G49" s="45" t="s">
+        <v>176</v>
       </c>
       <c r="H49" s="23" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="I49" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J49" s="31"/>
       <c r="K49" s="31"/>
     </row>
     <row r="50" spans="1:11" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="12"/>
       <c r="B50" s="13"/>
       <c r="C50" s="14"/>
       <c r="D50" s="14"/>
       <c r="E50" s="14"/>
       <c r="F50" s="14"/>
       <c r="G50" s="14"/>
       <c r="H50" s="14"/>
       <c r="I50" s="14"/>
     </row>
     <row r="51" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A51" s="61" t="s">
-[...3 lines deleted...]
-      <c r="C51" s="62"/>
+      <c r="A51" s="57" t="s">
+        <v>189</v>
+      </c>
+      <c r="B51" s="58"/>
+      <c r="C51" s="58"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
     </row>
     <row r="52" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A52" s="62"/>
-[...1 lines deleted...]
-      <c r="C52" s="62"/>
+      <c r="A52" s="58"/>
+      <c r="B52" s="58"/>
+      <c r="C52" s="58"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
     </row>
     <row r="53" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A53" s="62"/>
-[...1 lines deleted...]
-      <c r="C53" s="62"/>
+      <c r="A53" s="58"/>
+      <c r="B53" s="58"/>
+      <c r="C53" s="58"/>
       <c r="D53" s="12"/>
       <c r="E53" s="12"/>
     </row>
     <row r="54" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A54" s="62"/>
-[...1 lines deleted...]
-      <c r="C54" s="62"/>
+      <c r="A54" s="58"/>
+      <c r="B54" s="58"/>
+      <c r="C54" s="58"/>
       <c r="D54" s="12"/>
       <c r="E54" s="12"/>
     </row>
     <row r="55" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A55" s="62"/>
-[...1 lines deleted...]
-      <c r="C55" s="62"/>
+      <c r="A55" s="58"/>
+      <c r="B55" s="58"/>
+      <c r="C55" s="58"/>
       <c r="D55" s="12"/>
       <c r="E55" s="12"/>
     </row>
     <row r="56" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A56" s="62"/>
-[...1 lines deleted...]
-      <c r="C56" s="62"/>
+      <c r="A56" s="58"/>
+      <c r="B56" s="58"/>
+      <c r="C56" s="58"/>
       <c r="D56" s="12"/>
       <c r="E56" s="12"/>
     </row>
     <row r="57" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A57" s="12"/>
       <c r="B57" s="12"/>
       <c r="C57" s="12"/>
       <c r="D57" s="12"/>
       <c r="E57" s="12"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="I28:I30"/>
     <mergeCell ref="A51:C56"/>
     <mergeCell ref="I31:I34"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="I14" r:id="rId1" xr:uid="{EED691CB-F686-4199-BDD8-494DD4F3F528}"/>
     <hyperlink ref="I15" r:id="rId2" xr:uid="{785D801B-7085-4AEB-9A56-A9ABA09A2BAB}"/>
     <hyperlink ref="I31" r:id="rId3" xr:uid="{38AE5F6A-3F21-4654-B7AA-814F3F437981}"/>
     <hyperlink ref="I31:I32" r:id="rId4" display="Portfolio" xr:uid="{06B4FC7C-BB92-43E3-85DA-17EF917004BB}"/>
     <hyperlink ref="I31:I33" r:id="rId5" display="Portfolio" xr:uid="{45196E7A-8816-4136-B9AD-0DEB5116C153}"/>
     <hyperlink ref="I31:I34" r:id="rId6" display="Portfolio" xr:uid="{40CBF78D-A1ED-4900-A0EC-FF354127CE27}"/>
     <hyperlink ref="I28" r:id="rId7" xr:uid="{BDF9AB5A-4C9B-4EF4-9E0A-601217A8CA85}"/>
     <hyperlink ref="I40" r:id="rId8" xr:uid="{415E0694-E448-4A28-AFDF-CCFC99E10BCC}"/>
@@ -6406,57 +6385,58 @@
     <hyperlink ref="I21" r:id="rId13" xr:uid="{B00D76D2-E828-4414-97A1-57C168060E37}"/>
     <hyperlink ref="I22" r:id="rId14" xr:uid="{5755B7C3-E39B-42B0-8A33-9A866B79D5AC}"/>
     <hyperlink ref="I24" r:id="rId15" xr:uid="{3E204F9B-B1CA-4D36-9C01-63D383F6ED7A}"/>
     <hyperlink ref="I41" r:id="rId16" xr:uid="{A428DD7B-8DFB-4C22-BC81-66A2D624EB11}"/>
     <hyperlink ref="I45" r:id="rId17" xr:uid="{B730E2AC-B14D-4534-994A-1DC25DAF09A9}"/>
     <hyperlink ref="I46" r:id="rId18" xr:uid="{82070025-2C53-43FD-8C2D-2664A2242E77}"/>
     <hyperlink ref="I49" r:id="rId19" xr:uid="{DFBAE9FF-AC0C-40E6-B43E-3AD720142FCA}"/>
     <hyperlink ref="I42" r:id="rId20" xr:uid="{ED7857D5-4976-442E-A54D-7B1A7E587ABE}"/>
     <hyperlink ref="I47" r:id="rId21" xr:uid="{C80F5EE5-D243-4BFE-B091-C5D0997509FA}"/>
     <hyperlink ref="I44" r:id="rId22" xr:uid="{BCB58E2B-AC8C-47AB-BD93-574BC515618A}"/>
     <hyperlink ref="I48" r:id="rId23" xr:uid="{BBD45C35-A878-47F2-97D8-0D1545B4F64B}"/>
     <hyperlink ref="I43" r:id="rId24" xr:uid="{D11AE3E4-A1F3-4302-B35F-D043CB5D64BD}"/>
     <hyperlink ref="I17" r:id="rId25" xr:uid="{69122ED8-C155-47EB-B0E5-F7C2F31B6FC9}"/>
     <hyperlink ref="I23" r:id="rId26" xr:uid="{9033F8A8-259D-4B8D-B6F5-0475F1E3DDAD}"/>
     <hyperlink ref="I9" r:id="rId27" xr:uid="{B74A2825-15E7-4986-A6B4-00B7820E4848}"/>
     <hyperlink ref="I10" r:id="rId28" xr:uid="{0DE67D32-1FC4-47B5-929B-4599DB210D7C}"/>
     <hyperlink ref="I5" r:id="rId29" xr:uid="{99B223E8-A712-41F2-A625-B3087B82C794}"/>
     <hyperlink ref="I4" r:id="rId30" xr:uid="{2CF02616-07B8-409D-ABBD-9BC40AE90E7D}"/>
     <hyperlink ref="I6" r:id="rId31" xr:uid="{72A3DA85-3613-4831-B642-9E420B11583C}"/>
     <hyperlink ref="I8" r:id="rId32" xr:uid="{1BBD66C5-A52B-42CA-8FD6-94EC63923CD7}"/>
     <hyperlink ref="I11" r:id="rId33" xr:uid="{EDA9A6DC-F0F3-4D63-B4AC-2A784C1AA47E}"/>
     <hyperlink ref="I3" r:id="rId34" xr:uid="{FA7E0D20-E574-4E09-90BE-AEDFF4D1DDCC}"/>
     <hyperlink ref="I7" r:id="rId35" xr:uid="{1AE2D1F1-9C2C-43E0-86A6-23A0DC779906}"/>
     <hyperlink ref="I13" r:id="rId36" xr:uid="{C05D26AF-088F-418F-88A2-46F6540DA4D4}"/>
     <hyperlink ref="I12" r:id="rId37" xr:uid="{99CD63DB-D2B4-4992-B3BA-A3C766506863}"/>
+    <hyperlink ref="I25" r:id="rId38" xr:uid="{062AC6E8-397F-472F-B28D-37FDCE150877}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="29" fitToHeight="0" orientation="landscape" r:id="rId38"/>
+  <pageSetup paperSize="9" scale="29" fitToHeight="0" orientation="landscape" r:id="rId39"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;10&amp;KFF0000 "Sensitivity: Public"&amp;1#_x000D_</oddHeader>
   </headerFooter>
-  <drawing r:id="rId39"/>
+  <drawing r:id="rId40"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>