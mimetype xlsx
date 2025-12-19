--- v1 (2025-11-28)
+++ v2 (2025-12-19)
@@ -1,86 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vivek\OneDrive - Sundaram Asset Management Company Limited\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B7BED082-18B4-41F4-A43A-990FE41E4DC4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D1EF56E4-98C9-460E-AA4F-F6AC3164DC00}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{E804CC67-AE8C-4220-BF5D-835638619ACB}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$2:$K$50</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="250">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="249">
   <si>
     <t>Scheme Name</t>
   </si>
   <si>
     <t>Investment Objective</t>
   </si>
   <si>
     <t>Inception Date</t>
   </si>
   <si>
     <t xml:space="preserve">Additional Benchmark </t>
   </si>
   <si>
     <t>Nifty 50</t>
   </si>
   <si>
     <t xml:space="preserve">S&amp;P BSE 500 </t>
   </si>
   <si>
     <t>Sundaram Infrastructure Advantage Fund</t>
   </si>
   <si>
     <t>S&amp;P BSE 500</t>
   </si>
   <si>
@@ -557,297 +557,294 @@
   <si>
     <t>Regular: 1.38 and Direct: 1.17</t>
   </si>
   <si>
     <t>Regular: 0.16 and Direct: 0.06</t>
   </si>
   <si>
     <t>Regular: 1.48 and Direct: 0.23</t>
   </si>
   <si>
     <t>Regular: 1.15 and Direct: 0.40</t>
   </si>
   <si>
     <t>Regular: 0.89 and Direct: 0.30</t>
   </si>
   <si>
     <t>Regular: 0.55 and Direct: 0.33</t>
   </si>
   <si>
     <t>Regular: 1.44 and Direct: 1.33</t>
   </si>
   <si>
     <t>Sundaram Global Brand Fund Theme</t>
   </si>
   <si>
-    <t>Regular: 2.18 and Direct: 1.32</t>
-[...1 lines deleted...]
-  <si>
     <t>Regular: 2.02 and Direct: 0.43</t>
   </si>
   <si>
     <t>Sundaram Multi Factor Fund</t>
   </si>
   <si>
     <t>To provide long-term capital growth by following a multi-factor-based investment strategy</t>
   </si>
   <si>
     <t>BSE 200 TRI</t>
   </si>
   <si>
-    <t>Regular: 2.06 and Direct: 0.60</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve"> 21 Cr.</t>
   </si>
   <si>
     <t>The Fund has not Completed One Year and  hence  no Performance disclosure</t>
   </si>
   <si>
     <t>Regular: 1.08 and Direct: 0.61</t>
   </si>
   <si>
     <t>Regular: 1.00 and Direct: 0.17</t>
   </si>
   <si>
-    <t>22 Cr</t>
-[...4 lines deleted...]
-  <si>
     <t>35 Cr</t>
   </si>
   <si>
-    <t>30 Cr</t>
-[...4 lines deleted...]
-  <si>
     <t>Regular: 1.83 and Direct: 1.09</t>
   </si>
   <si>
-    <t>SUNDARAM ASSET MANAGEMENT COMPANY  DASHBOARD  - SEPTEMBER 2025</t>
-[...76 lines deleted...]
-  <si>
     <t>Sundaram Value Fund</t>
   </si>
   <si>
     <t>Nov'1999</t>
   </si>
   <si>
-    <t xml:space="preserve"> 1,442 Cr.</t>
-[...7 lines deleted...]
-  <si>
     <t>Regular: 1.74 and Direct: 0.92</t>
   </si>
   <si>
-    <t>Regular: 1.92 and Direct: 0.84</t>
-[...43 lines deleted...]
-  <si>
     <t>Regular: 2.26 and Direct: 1.74</t>
   </si>
   <si>
-    <t>Regular: 1.41 and Direct: 1.18,</t>
-[...40 lines deleted...]
-  <si>
     <t>Regular: 1.85 and Direct: 0.86</t>
   </si>
   <si>
     <t>An open-ended equity scheme that follows value investment strategy</t>
+  </si>
+  <si>
+    <t>SUNDARAM ASSET MANAGEMENT COMPANY  DASHBOARD  -OCTOBER 2025</t>
+  </si>
+  <si>
+    <t>Closing AUM as on October 31,2025              (in Crs)</t>
+  </si>
+  <si>
+    <t>Closing AUM as on October 31,2025  (in crs)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Past performance may or may not be sustained in future. Return/investment value are as of  October 31,2025 . Returns are on a compounded annual basis for period more than one year and absolute for one-year period and computed using NAV of Regular Plan-Growth Option. Value of 10,000 invested at inception is as on October 31,2025 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3,358 Cr.</t>
+  </si>
+  <si>
+    <t>13,236 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3,496 Cr.</t>
+  </si>
+  <si>
+    <t>6,998 Cr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2,928 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2,130 Cr.</t>
+  </si>
+  <si>
+    <t>1,097 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1,398 Cr.</t>
+  </si>
+  <si>
+    <t>920 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 956 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1,643 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4,674 Cr.</t>
+  </si>
+  <si>
+    <t>968 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1,601 Cr.</t>
+  </si>
+  <si>
+    <t>1,845 Cr.</t>
+  </si>
+  <si>
+    <t>145 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 131 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 7,333 Cr.</t>
+  </si>
+  <si>
+    <t>1,171 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1,728 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2,925 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 331 Cr.</t>
+  </si>
+  <si>
+    <t>1,481 Cr.</t>
+  </si>
+  <si>
+    <t>23 Cr</t>
+  </si>
+  <si>
+    <t>78 Cr</t>
+  </si>
+  <si>
+    <t>37 Cr</t>
+  </si>
+  <si>
+    <t>31 Cr</t>
+  </si>
+  <si>
+    <t>7,498 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 567 Cr.</t>
+  </si>
+  <si>
+    <t>2,237 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1,988 Cr.</t>
+  </si>
+  <si>
+    <t>397 Cr.</t>
+  </si>
+  <si>
+    <t>404 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 194 Cr.</t>
+  </si>
+  <si>
+    <t>37 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 771 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 1.91 and Direct: 0.64</t>
+  </si>
+  <si>
+    <t>Regular: 1.93 and Direct: 0.85</t>
+  </si>
+  <si>
+    <t>Regular: 1.81 and Direct: 0.77</t>
+  </si>
+  <si>
+    <t>Regular: 1.98 and Direct: 0.93</t>
+  </si>
+  <si>
+    <t>Regular: 2.01 and Direct: 0.62</t>
+  </si>
+  <si>
+    <t>Regular: 2.26 and Direct: 1.29</t>
+  </si>
+  <si>
+    <t>Regular: 2.21 and Direct: 1.70</t>
+  </si>
+  <si>
+    <t>Regular: 2.28 and Direct: 1.06</t>
+  </si>
+  <si>
+    <t>Regular: 2.13 and Direct: 0.44</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 2.17 and Direct: 1.31</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 1.87 and Direct: 0.73</t>
+  </si>
+  <si>
+    <t>Regular: 2.39 and Direct: 1.87</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 2.09 and Direct: 0.77</t>
+  </si>
+  <si>
+    <t>Regular: 2.38 and Direct: 1.49</t>
+  </si>
+  <si>
+    <t>Regular: 1.78 and Direct: 0.67</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 2.14 and Direct: 0.60</t>
+  </si>
+  <si>
+    <t>Regular: 2.05 and Direct: 0.59</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 1.84 and Direct: 0.37</t>
+  </si>
+  <si>
+    <t>Regular: 1.41 and Direct: 1.18</t>
+  </si>
+  <si>
+    <t>Regular: 1.4 and Direct:1.18</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular:1.43 and Direct: 1.25,</t>
+  </si>
+  <si>
+    <t>Regular: 1.41 and Direct: 1.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 1.42 and Direct: 1.18</t>
+  </si>
+  <si>
+    <t>Regular: 0.32 and Direct: 0.13.</t>
+  </si>
+  <si>
+    <t>Regular: 0.29 and Direct: 0.17</t>
+  </si>
+  <si>
+    <t>Regular: 0.41 and Direct: 0.27</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="[$-409]dd\-mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="[$-409]d/mmm/yy;@"/>
     <numFmt numFmtId="166" formatCode="[$-1014009]#,##0;\(#,##0\)"/>
     <numFmt numFmtId="167" formatCode="[$-409]mmm/yy;@"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
@@ -1196,51 +1193,51 @@
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{C3821F21-7EBA-4E66-8F92-34AE5EA59B4F}"/>
     <cellStyle name="Normal_Sheet1" xfId="1" xr:uid="{2186CCD4-35C6-4EBC-8C1D-5135BC10EC94}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image77.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image75.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image76.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image77.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image75.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image78.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image76.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>1625600</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="160" name="Picture 159">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7EECA035-6FC7-4A1D-9045-C260706BE6EA}"/>
             </a:ext>
           </a:extLst>
@@ -3008,1623 +3005,1667 @@
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="17773650" y="42875200"/>
           <a:ext cx="7524750" cy="1771741"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>19051</xdr:colOff>
+      <xdr:colOff>19050</xdr:colOff>
       <xdr:row>3</xdr:row>
-      <xdr:rowOff>25400</xdr:rowOff>
+      <xdr:rowOff>139700</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3543300</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>1708231</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A24CAC2-7785-3191-C18C-5829EDDC812F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6527800" y="2933700"/>
+          <a:ext cx="3524250" cy="1568531"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>120650</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3505200</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>1727283</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="Picture 13">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{011CC458-9710-E4C8-132E-2E87515422CE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6546850" y="4819650"/>
+          <a:ext cx="3467100" cy="1606633"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>107950</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3492500</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>1733634</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="Picture 15">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B619ACD3-F970-E94B-1683-CEE935B84F24}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6565900" y="6711950"/>
+          <a:ext cx="3435350" cy="1625684"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>31750</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>101600</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3511551</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>1670131</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Picture 16">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A97D5423-769B-E3EA-7F9D-ED712C759697}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6540500" y="8610600"/>
+          <a:ext cx="3479801" cy="1568531"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>101600</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>3581400</xdr:colOff>
-      <xdr:row>3</xdr:row>
-[...24 lines deleted...]
-          <a:ext cx="3562349" cy="1778091"/>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>1651080</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="Picture 18">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8641AF8E-4D19-E458-CEBD-104D169F2EF4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6546850" y="10515600"/>
+          <a:ext cx="3543300" cy="1549480"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>82550</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>228600</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3473450</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>1511366</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="Picture 19">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F053BF0C-66C5-B280-85A3-116CC8F6C716}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6591300" y="12547600"/>
+          <a:ext cx="3390900" cy="1282766"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>120650</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3524251</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>1759034</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="Picture 24">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55CF1CD5-AB16-88E3-31A9-3A01A67269E1}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6527800" y="14344650"/>
+          <a:ext cx="3505201" cy="1638384"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>31750</xdr:colOff>
-      <xdr:row>4</xdr:row>
-[...262 lines deleted...]
-      <xdr:colOff>12700</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>50800</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>3556000</xdr:colOff>
+      <xdr:rowOff>152400</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3530601</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>1771738</xdr:rowOff>
-[...6 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90CCB0AF-E2AE-9371-8552-7DFAB1618A09}"/>
+      <xdr:rowOff>1701880</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="Picture 25">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14057653-4FA2-423B-0CF8-290B1C0ACA4D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="14033500" y="939800"/>
-          <a:ext cx="3543300" cy="1720938"/>
+          <a:off x="6540500" y="1041400"/>
+          <a:ext cx="3498851" cy="1549480"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>25400</xdr:colOff>
       <xdr:row>10</xdr:row>
-      <xdr:rowOff>139700</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>3524250</xdr:colOff>
+      <xdr:rowOff>120650</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3562350</xdr:colOff>
       <xdr:row>10</xdr:row>
-      <xdr:rowOff>1720931</xdr:rowOff>
-[...6 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{639D1F8E-5199-8023-F783-BF5C68512E0F}"/>
+      <xdr:rowOff>1720932</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="Picture 29">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C6324DA-3AB5-56CB-6DA9-9F327A865299}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="14046200" y="16268700"/>
-[...12 lines deleted...]
-      <xdr:colOff>19051</xdr:colOff>
+          <a:off x="6534150" y="16249650"/>
+          <a:ext cx="3536950" cy="1600282"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
       <xdr:row>12</xdr:row>
-      <xdr:rowOff>88900</xdr:rowOff>
+      <xdr:rowOff>152400</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3467101</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>1701880</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="Picture 35">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38E8A514-8ECB-498F-F56E-23B58E213407}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6546850" y="20091400"/>
+          <a:ext cx="3429001" cy="1549480"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3568700</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>1701883</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="Picture 50">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{737DD164-EED1-D73B-B67A-215D25973C94}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6546850" y="21939250"/>
+          <a:ext cx="3530600" cy="1606633"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>6350</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>171450</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3530601</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>1701879</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="Picture 67">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{373BAEA0-9DC1-BF9C-3F2B-507872E90D80}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6515100" y="23920450"/>
+          <a:ext cx="3524251" cy="1530429"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>63500</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>152400</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3467100</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>1714580</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="Picture 68">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7774192A-1D06-D3BB-B373-49B8377B8A87}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6572250" y="25806400"/>
+          <a:ext cx="3403600" cy="1562180"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>25400</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>311150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3492500</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>1365304</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="Picture 73">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A4AAF24-9C79-234A-21EB-C20B39EF7E36}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6534150" y="27870150"/>
+          <a:ext cx="3467100" cy="1054154"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3365500</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>1759031</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="Picture 75">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E517A686-AD46-CE5D-AA78-2A64F7BD15C1}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6584950" y="29654500"/>
+          <a:ext cx="3289300" cy="1568531"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>69850</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>165100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3505200</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>1746331</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="Picture 82">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B16FF40B-A020-F823-7CF4-AECE15899C2C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6578600" y="31534100"/>
+          <a:ext cx="3435350" cy="1581231"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>69850</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>127000</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3460751</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>1695531</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="Picture 83">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF49C4C3-AC46-66BB-7F17-723E846074DB}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6578600" y="33401000"/>
+          <a:ext cx="3390901" cy="1568531"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>88900</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>177800</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3422651</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>1727280</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="Picture 86">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9756727C-6B57-06C1-4E35-745C82CE2602}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6597650" y="35356800"/>
+          <a:ext cx="3333751" cy="1549480"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>3562350</xdr:colOff>
-      <xdr:row>12</xdr:row>
-[...388 lines deleted...]
-      <xdr:colOff>6350</xdr:colOff>
       <xdr:row>21</xdr:row>
-      <xdr:rowOff>44451</xdr:rowOff>
-[...12 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{851BD19E-4B53-15E1-A686-3C749C63A59E}"/>
+      <xdr:rowOff>1797139</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="Picture 87">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B52E5C2-643C-5FA4-8BE7-C13217F9F91C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="14027150" y="37128451"/>
-          <a:ext cx="3549650" cy="1809750"/>
+          <a:off x="6546850" y="37141150"/>
+          <a:ext cx="3524250" cy="1739989"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>25400</xdr:colOff>
       <xdr:row>22</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>3581400</xdr:colOff>
+      <xdr:rowOff>196850</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3486150</xdr:colOff>
       <xdr:row>22</xdr:row>
-      <xdr:rowOff>1816193</xdr:rowOff>
-[...6 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E9C6675-3B0C-8ADC-9ACB-1BBEC85E3373}"/>
+      <xdr:rowOff>1689177</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="Picture 88">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FBCBD87-AFAB-8ED0-5236-331964825CEF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="14046200" y="38989000"/>
-          <a:ext cx="3556000" cy="1816193"/>
+          <a:off x="6534150" y="39185850"/>
+          <a:ext cx="3460750" cy="1492327"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>25400</xdr:colOff>
       <xdr:row>23</xdr:row>
+      <xdr:rowOff>120650</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3549651</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>1663779</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="Picture 89">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{974815C5-3853-3218-F8EB-2E8B5FBB23D2}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6534150" y="41014650"/>
+          <a:ext cx="3524251" cy="1543129"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3435350</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>1714581</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="Picture 90">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3934000-DDAC-D681-D7DD-DB65CDBE484A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6565900" y="42932350"/>
+          <a:ext cx="3378200" cy="1581231"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>165100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3606801</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>1803582</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="Picture 91">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37E9127A-979C-99B0-DB15-7E7A953D161F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6546850" y="45224700"/>
+          <a:ext cx="3568701" cy="3543482"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>88900</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3530600</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>1860641</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="Picture 92">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDA5CA4A-09D9-AE89-5F35-4660C127AF1A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6527800" y="48958500"/>
+          <a:ext cx="3511550" cy="1771741"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>184150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3511551</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>1784530</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="Picture 93">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{803308A6-5145-2E96-52B0-6FA2FC13DE04}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6546850" y="50958750"/>
+          <a:ext cx="3473451" cy="3505380"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>12700</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>387350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3575051</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>1721029</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="Picture 94">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB16A886-830F-205F-6100-A31A9E12293C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6521450" y="55530750"/>
+          <a:ext cx="3562351" cy="3492679"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>25401</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>139700</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3543301</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>1879689</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="Picture 95">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84E53FB7-B868-CD74-F3DE-AC3F31CACAAC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6534151" y="63271400"/>
+          <a:ext cx="3517900" cy="1739989"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>1</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1244602</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>1752690</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="Picture 96">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0BF78924-EA6E-CC90-06C6-EE4D0E59D384}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6508751" y="61226700"/>
+          <a:ext cx="3543300" cy="1752690"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>6351</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3575052</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>25497</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="Picture 97">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{793550F9-2529-605B-E349-065362C017AC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14027151" y="65074800"/>
+          <a:ext cx="3568701" cy="1892397"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>6350</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>69850</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3530601</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>1841591</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="Picture 98">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9DC7A13-4894-9E57-375F-8565447EA831}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6515100" y="68916550"/>
+          <a:ext cx="3524251" cy="1771741"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>50800</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3505200</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>1771738</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="Picture 99">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52EEDC89-11E1-3F84-E6F7-6F40743125CA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14039850" y="66992500"/>
+          <a:ext cx="3486150" cy="1720938"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3486151</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>1816188</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="Picture 100">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6C22113-D5B9-37AC-9920-6D81370F5E92}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6565900" y="76561950"/>
+          <a:ext cx="3429001" cy="1720938"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>63500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3473450</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>1816190</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="Picture 101">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B21603C-E319-5D8E-FFC2-CBEEC4C870D1}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6565900" y="70815200"/>
+          <a:ext cx="3416300" cy="1752690"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>88900</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3517900</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>1892390</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="Picture 102">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6727EAC-A988-C1DF-E2A6-4A2A30B9FF2B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6597650" y="72790050"/>
+          <a:ext cx="3429000" cy="1759040"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>44450</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>25400</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>3511550</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>1822542</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="Picture 103">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C68FC7AE-B618-6662-6826-71517EBE5607}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6553200" y="74587100"/>
+          <a:ext cx="3467100" cy="1797142"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>12700</xdr:colOff>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>31750</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>3587750</xdr:colOff>
-[...301 lines deleted...]
-      <xdr:colOff>50801</xdr:colOff>
+      <xdr:colOff>3562351</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>50899</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="Picture 104">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E133A57A-C873-3C2D-2258-F513E3D5826A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="6521450" y="78403450"/>
+          <a:ext cx="3549651" cy="1924149"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>12701</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>63500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>3511551</xdr:colOff>
+      <xdr:colOff>3492501</xdr:colOff>
       <xdr:row>39</xdr:row>
-      <xdr:rowOff>1701884</xdr:rowOff>
-[...375 lines deleted...]
-          <a:ext cx="3560242" cy="1517650"/>
+      <xdr:rowOff>1746336</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="Picture 105">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A4A21F9-63A1-4AAE-FCB1-A1146B6C9E24}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14033501" y="61290200"/>
+          <a:ext cx="3479800" cy="1682836"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -4888,830 +4929,830 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SESF" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/BSF" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSMAAF" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/FIPF" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSETSF" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/Long_Term_Tax_Advantage_Fund/Long_Term_Tax_Advantage_Fund_4_2017_150517_111250.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSAHF" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSSDF" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/GAF" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSDYF" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/TSF" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/FSOF" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSLF" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSUSDF" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SMCF" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SSF" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/LTTAF3" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/NHEW" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/USTF" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSMCF" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Downloads_Pdf/Portfolio_Archives/2025/Jul/Equity/SUNMFF.xlsx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/long_term_tax_advantage_series_3/Long_Term_Tax_Advantage_Series_3_10_2017_141117_125836.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSAF" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SBPDF" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSFF" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/RIFF" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/GAF" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/MIPF" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SSCF" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/long_term_tax_advantage_series_3/Long_Term_Tax_Advantage_Series_3_7_2017_170817_112423.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/FSOF" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSBAF" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SMMF" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSFCF" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSLCF" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/EMF" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SUNONF" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/long_term_tax_advantage_series_3/Long_Term_Tax_Advantage_Series_3_3_2017_190417_153221.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SESF" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/BSF" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSMAAF" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/LTTAF3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/FIPF" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSETSF" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/Long_Term_Tax_Advantage_Fund/Long_Term_Tax_Advantage_Fund_4_2017_150517_111250.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/FSOF" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSLF" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSUSDF" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SMCF" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SSF" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/LTTAF3" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/NHEW" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/USTF" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSMCF" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSMFF" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/long_term_tax_advantage_series_3/Long_Term_Tax_Advantage_Series_3_10_2017_141117_125836.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSAF" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SBPDF" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSFF" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/RIFF" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/GAF" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/MIPF" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SSCF" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/long_term_tax_advantage_series_3/Long_Term_Tax_Advantage_Series_3_7_2017_170817_112423.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/FSOF" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSBAF" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SMMF" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSFCF" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSLCF" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/EMF" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SUNONF" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/long_term_tax_advantage_series_3/Long_Term_Tax_Advantage_Series_3_3_2017_190417_153221.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSAHF" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSSDF" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/GAF" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSDYF" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/TSF" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{95621368-C8CD-4DC0-B933-D14C9F72AA92}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K57"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A24" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="topRight" activeCell="I25" sqref="I25"/>
+    <sheetView tabSelected="1" topLeftCell="A32" zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="1" topLeftCell="F1" activePane="topRight" state="frozen"/>
+      <selection pane="topRight" activeCell="A32" sqref="A32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="43.7265625" style="8" customWidth="1"/>
     <col min="2" max="2" width="49.453125" style="9" customWidth="1"/>
     <col min="3" max="3" width="12.1796875" style="5" customWidth="1"/>
     <col min="4" max="5" width="20.7265625" style="7" customWidth="1"/>
     <col min="6" max="6" width="12.7265625" style="7" customWidth="1"/>
     <col min="7" max="7" width="15.7265625" style="7" customWidth="1"/>
     <col min="8" max="9" width="12.7265625" style="7" customWidth="1"/>
     <col min="10" max="10" width="51.7265625" style="4" customWidth="1"/>
     <col min="11" max="11" width="110.7265625" style="4" customWidth="1"/>
     <col min="12" max="16384" width="9.1796875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A1" s="16" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="16"/>
       <c r="E1" s="16"/>
       <c r="F1" s="16"/>
       <c r="G1" s="47"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
     </row>
     <row r="2" spans="1:11" ht="56" x14ac:dyDescent="0.3">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>117</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>42</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>47</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>44</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="3" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="23" t="s">
         <v>138</v>
       </c>
       <c r="B3" s="23" t="s">
         <v>97</v>
       </c>
       <c r="C3" s="36" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="23" t="s">
         <v>56</v>
       </c>
       <c r="E3" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F3" s="23" t="s">
         <v>57</v>
       </c>
       <c r="G3" s="48" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="H3" s="48" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="I3" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J3" s="50"/>
       <c r="K3" s="15"/>
     </row>
     <row r="4" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="23" t="s">
         <v>58</v>
       </c>
       <c r="B4" s="23" t="s">
         <v>98</v>
       </c>
       <c r="C4" s="36" t="s">
         <v>61</v>
       </c>
       <c r="D4" s="11" t="s">
         <v>59</v>
       </c>
       <c r="E4" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F4" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G4" s="48" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="H4" s="48" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="I4" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J4" s="15"/>
       <c r="K4" s="15"/>
     </row>
     <row r="5" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="23" t="s">
         <v>60</v>
       </c>
       <c r="B5" s="23" t="s">
         <v>49</v>
       </c>
       <c r="C5" s="36" t="s">
         <v>61</v>
       </c>
       <c r="D5" s="23" t="s">
         <v>62</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>119</v>
       </c>
       <c r="F5" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G5" s="48" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="H5" s="48" t="s">
-        <v>217</v>
+        <v>179</v>
       </c>
       <c r="I5" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J5" s="15"/>
       <c r="K5" s="15"/>
     </row>
     <row r="6" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="23" t="s">
         <v>63</v>
       </c>
       <c r="B6" s="23" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="36" t="s">
         <v>66</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>64</v>
       </c>
       <c r="E6" s="11" t="s">
         <v>120</v>
       </c>
       <c r="F6" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G6" s="48" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="H6" s="48" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="I6" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J6" s="15"/>
       <c r="K6" s="15"/>
     </row>
     <row r="7" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="23" t="s">
         <v>65</v>
       </c>
       <c r="B7" s="23" t="s">
         <v>99</v>
       </c>
       <c r="C7" s="36" t="s">
         <v>68</v>
       </c>
       <c r="D7" s="11" t="s">
         <v>67</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>67</v>
       </c>
       <c r="F7" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G7" s="48" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="H7" s="48" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="I7" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J7" s="15"/>
       <c r="K7" s="15"/>
     </row>
     <row r="8" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="23" t="s">
         <v>69</v>
       </c>
       <c r="B8" s="11" t="s">
         <v>100</v>
       </c>
       <c r="C8" s="36" t="s">
         <v>70</v>
       </c>
       <c r="D8" s="23" t="s">
         <v>71</v>
       </c>
       <c r="E8" s="23" t="s">
         <v>71</v>
       </c>
       <c r="F8" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G8" s="48" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="H8" s="48" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="I8" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J8" s="15"/>
       <c r="K8" s="15"/>
     </row>
     <row r="9" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="23" t="s">
         <v>135</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>137</v>
       </c>
       <c r="C9" s="36" t="s">
         <v>136</v>
       </c>
       <c r="D9" s="23" t="s">
         <v>56</v>
       </c>
       <c r="E9" s="23" t="s">
         <v>56</v>
       </c>
       <c r="F9" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G9" s="48" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="H9" s="48" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="I9" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15"/>
     </row>
     <row r="10" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="11" t="s">
         <v>72</v>
       </c>
       <c r="B10" s="23" t="s">
         <v>101</v>
       </c>
       <c r="C10" s="36" t="s">
         <v>73</v>
       </c>
       <c r="D10" s="11" t="s">
         <v>56</v>
       </c>
       <c r="E10" s="23" t="s">
         <v>67</v>
       </c>
       <c r="F10" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G10" s="48" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="H10" s="48" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="I10" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15"/>
     </row>
     <row r="11" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="11" t="s">
         <v>74</v>
       </c>
       <c r="B11" s="23" t="s">
         <v>102</v>
       </c>
       <c r="C11" s="36" t="s">
         <v>75</v>
       </c>
       <c r="D11" s="11" t="s">
         <v>56</v>
       </c>
       <c r="E11" s="23" t="s">
         <v>121</v>
       </c>
       <c r="F11" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G11" s="48" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="H11" s="48" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="I11" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15"/>
     </row>
     <row r="12" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="23" t="s">
+        <v>168</v>
+      </c>
+      <c r="B12" s="23" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="C12" s="53">
         <v>45839</v>
       </c>
       <c r="D12" s="23" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="E12" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F12" s="23" t="s">
         <v>48</v>
       </c>
       <c r="G12" s="48" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="H12" s="48" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="I12" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J12" s="48" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="K12" s="15"/>
     </row>
     <row r="13" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="23" t="s">
         <v>115</v>
       </c>
       <c r="B13" s="23" t="s">
         <v>133</v>
       </c>
       <c r="C13" s="36" t="s">
         <v>76</v>
       </c>
       <c r="D13" s="11" t="s">
         <v>77</v>
       </c>
       <c r="E13" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F13" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G13" s="48" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="H13" s="48" t="s">
-        <v>167</v>
+        <v>232</v>
       </c>
       <c r="I13" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J13" s="15"/>
       <c r="K13" s="15"/>
     </row>
     <row r="14" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="23" t="s">
         <v>78</v>
       </c>
       <c r="B14" s="23" t="s">
         <v>103</v>
       </c>
       <c r="C14" s="36" t="s">
         <v>79</v>
       </c>
       <c r="D14" s="11" t="s">
         <v>80</v>
       </c>
       <c r="E14" s="11" t="s">
         <v>122</v>
       </c>
       <c r="F14" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G14" s="48" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="H14" s="48" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="I14" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J14" s="15"/>
       <c r="K14" s="15"/>
     </row>
     <row r="15" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="23" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="23" t="s">
         <v>104</v>
       </c>
       <c r="C15" s="36" t="s">
         <v>82</v>
       </c>
       <c r="D15" s="33" t="s">
         <v>81</v>
       </c>
       <c r="E15" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F15" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G15" s="48" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="H15" s="48" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="I15" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15"/>
     </row>
     <row r="16" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="23" t="s">
         <v>83</v>
       </c>
       <c r="B16" s="23" t="s">
         <v>105</v>
       </c>
       <c r="C16" s="36" t="s">
         <v>84</v>
       </c>
       <c r="D16" s="33" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F16" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G16" s="48" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="H16" s="48" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="I16" s="32" t="s">
         <v>46</v>
       </c>
       <c r="K16" s="15"/>
     </row>
     <row r="17" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="23" t="s">
         <v>150</v>
       </c>
       <c r="B17" s="23" t="s">
         <v>157</v>
       </c>
       <c r="C17" s="36" t="s">
         <v>151</v>
       </c>
       <c r="D17" s="23" t="s">
         <v>152</v>
       </c>
       <c r="E17" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F17" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G17" s="46" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="H17" s="48" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="I17" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J17" s="23"/>
     </row>
     <row r="18" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="23" t="s">
         <v>166</v>
       </c>
       <c r="B18" s="23" t="s">
         <v>106</v>
       </c>
       <c r="C18" s="36" t="s">
         <v>85</v>
       </c>
       <c r="D18" s="33" t="s">
         <v>86</v>
       </c>
       <c r="E18" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F18" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G18" s="48" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="H18" s="48" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="I18" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J18" s="15"/>
     </row>
     <row r="19" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="23" t="s">
         <v>87</v>
       </c>
       <c r="B19" s="23" t="s">
         <v>107</v>
       </c>
       <c r="C19" s="36" t="s">
         <v>88</v>
       </c>
       <c r="D19" s="33" t="s">
         <v>123</v>
       </c>
       <c r="E19" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F19" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G19" s="48" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="H19" s="48" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="I19" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J19" s="15"/>
       <c r="K19" s="15"/>
     </row>
     <row r="20" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="23" t="s">
         <v>89</v>
       </c>
       <c r="B20" s="23" t="s">
         <v>108</v>
       </c>
       <c r="C20" s="36" t="s">
         <v>90</v>
       </c>
       <c r="D20" s="23" t="s">
         <v>91</v>
       </c>
       <c r="E20" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F20" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G20" s="48" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="H20" s="48" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="I20" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J20" s="15"/>
       <c r="K20" s="15"/>
     </row>
     <row r="21" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="37" t="s">
         <v>92</v>
       </c>
       <c r="B21" s="37" t="s">
         <v>109</v>
       </c>
       <c r="C21" s="38" t="s">
         <v>93</v>
       </c>
       <c r="D21" s="37" t="s">
         <v>20</v>
       </c>
       <c r="E21" s="37" t="s">
         <v>134</v>
       </c>
       <c r="F21" s="39" t="s">
         <v>94</v>
       </c>
       <c r="G21" s="48" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H21" s="48" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="I21" s="40" t="s">
         <v>46</v>
       </c>
       <c r="J21" s="15"/>
     </row>
     <row r="22" spans="1:11" s="15" customFormat="1" ht="150" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="23" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="23" t="s">
         <v>110</v>
       </c>
       <c r="C22" s="36" t="s">
         <v>95</v>
       </c>
       <c r="D22" s="37" t="s">
         <v>124</v>
       </c>
       <c r="E22" s="37" t="s">
         <v>134</v>
       </c>
       <c r="F22" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G22" s="48" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="H22" s="48" t="s">
-        <v>172</v>
+        <v>239</v>
       </c>
       <c r="I22" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J22"/>
     </row>
     <row r="23" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="23" t="s">
         <v>153</v>
       </c>
       <c r="B23" s="23" t="s">
         <v>156</v>
       </c>
       <c r="C23" s="36" t="s">
         <v>154</v>
       </c>
       <c r="D23" s="23" t="s">
         <v>155</v>
       </c>
       <c r="E23" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F23" s="23" t="s">
         <v>134</v>
       </c>
       <c r="G23" s="46" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="H23" s="48" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="I23" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J23" s="15"/>
       <c r="K23" s="15"/>
     </row>
     <row r="24" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="23" t="s">
         <v>18</v>
       </c>
       <c r="B24" s="23" t="s">
         <v>111</v>
       </c>
       <c r="C24" s="36" t="s">
         <v>114</v>
       </c>
       <c r="D24" s="23" t="s">
         <v>19</v>
       </c>
       <c r="E24" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F24" s="11" t="s">
         <v>96</v>
       </c>
       <c r="G24" s="48" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="H24" s="48" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="I24" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J24" s="15"/>
       <c r="K24" s="15"/>
     </row>
     <row r="25" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="23" t="s">
-        <v>212</v>
+        <v>177</v>
       </c>
       <c r="B25" s="23" t="s">
-        <v>249</v>
+        <v>182</v>
       </c>
       <c r="C25" s="36" t="s">
-        <v>213</v>
+        <v>178</v>
       </c>
       <c r="D25" s="23" t="s">
         <v>56</v>
       </c>
       <c r="E25" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F25" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G25" s="48" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="H25" s="48" t="s">
-        <v>233</v>
+        <v>180</v>
       </c>
       <c r="I25" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J25" s="15"/>
       <c r="K25" s="15"/>
     </row>
     <row r="26" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A26" s="20"/>
       <c r="B26" s="20"/>
       <c r="C26" s="29"/>
       <c r="D26" s="18"/>
       <c r="E26" s="18"/>
       <c r="F26" s="18"/>
       <c r="G26" s="43"/>
       <c r="H26" s="19"/>
       <c r="I26" s="17"/>
       <c r="J26" s="18"/>
     </row>
     <row r="27" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A27" s="28" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="20"/>
       <c r="C27" s="18"/>
@@ -5751,201 +5792,201 @@
         <v>46</v>
       </c>
       <c r="J28" s="31"/>
       <c r="K28" s="31"/>
     </row>
     <row r="29" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="25" t="s">
         <v>10</v>
       </c>
       <c r="B29" s="44" t="s">
         <v>53</v>
       </c>
       <c r="C29" s="26">
         <v>43187</v>
       </c>
       <c r="D29" s="30" t="s">
         <v>5</v>
       </c>
       <c r="E29" s="24" t="s">
         <v>134</v>
       </c>
       <c r="F29" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G29" s="45" t="s">
-        <v>215</v>
+        <v>175</v>
       </c>
       <c r="H29" s="48" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="I29" s="55"/>
       <c r="J29" s="15"/>
       <c r="K29" s="15"/>
     </row>
     <row r="30" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="25" t="s">
         <v>11</v>
       </c>
       <c r="B30" s="44" t="s">
         <v>53</v>
       </c>
       <c r="C30" s="26">
         <v>43286</v>
       </c>
       <c r="D30" s="25" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="24" t="s">
         <v>134</v>
       </c>
       <c r="F30" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G30" s="45" t="s">
-        <v>180</v>
+        <v>210</v>
       </c>
       <c r="H30" s="48" t="s">
-        <v>173</v>
+        <v>242</v>
       </c>
       <c r="I30" s="56"/>
       <c r="J30" s="15"/>
       <c r="K30" s="15"/>
     </row>
     <row r="31" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B31" s="44" t="s">
         <v>51</v>
       </c>
       <c r="C31" s="26">
         <v>42692</v>
       </c>
       <c r="D31" s="30" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="24" t="s">
         <v>134</v>
       </c>
       <c r="F31" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G31" s="45" t="s">
-        <v>181</v>
+        <v>211</v>
       </c>
       <c r="H31" s="48" t="s">
-        <v>235</v>
+        <v>243</v>
       </c>
       <c r="I31" s="59" t="s">
         <v>46</v>
       </c>
       <c r="J31" s="15"/>
       <c r="K31" s="15"/>
     </row>
     <row r="32" spans="1:11" ht="194.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="25" t="s">
         <v>15</v>
       </c>
       <c r="B32" s="44" t="s">
         <v>54</v>
       </c>
       <c r="C32" s="26">
         <v>42818</v>
       </c>
       <c r="D32" s="30" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="24" t="s">
         <v>134</v>
       </c>
       <c r="F32" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G32" s="45" t="s">
-        <v>182</v>
+        <v>212</v>
       </c>
       <c r="H32" s="48" t="s">
         <v>165</v>
       </c>
       <c r="I32" s="59"/>
       <c r="J32" s="15"/>
       <c r="K32" s="15"/>
     </row>
     <row r="33" spans="1:11" ht="170.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="25" t="s">
         <v>16</v>
       </c>
       <c r="B33" s="44" t="s">
         <v>54</v>
       </c>
       <c r="C33" s="26">
         <v>42921</v>
       </c>
       <c r="D33" s="30" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="24" t="s">
         <v>134</v>
       </c>
       <c r="F33" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G33" s="45" t="s">
-        <v>183</v>
+        <v>213</v>
       </c>
       <c r="H33" s="48" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="I33" s="59"/>
       <c r="J33" s="15"/>
       <c r="K33" s="15"/>
     </row>
     <row r="34" spans="1:11" ht="200.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="25" t="s">
         <v>17</v>
       </c>
       <c r="B34" s="44" t="s">
         <v>54</v>
       </c>
       <c r="C34" s="26">
         <v>43006</v>
       </c>
       <c r="D34" s="30" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="24" t="s">
         <v>134</v>
       </c>
       <c r="F34" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G34" s="45" t="s">
-        <v>174</v>
+        <v>212</v>
       </c>
       <c r="H34" s="48" t="s">
-        <v>175</v>
+        <v>245</v>
       </c>
       <c r="I34" s="59"/>
       <c r="J34" s="15"/>
       <c r="K34" s="15"/>
     </row>
     <row r="35" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A35" s="20"/>
       <c r="B35" s="20"/>
       <c r="C35" s="27"/>
       <c r="D35" s="18"/>
       <c r="E35" s="18"/>
       <c r="F35" s="18"/>
       <c r="G35" s="14"/>
       <c r="H35" s="21"/>
       <c r="I35" s="17"/>
     </row>
     <row r="36" spans="1:11" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B36" s="5"/>
       <c r="D36" s="5"/>
       <c r="E36" s="5"/>
       <c r="H36" s="22"/>
       <c r="I36" s="22"/>
     </row>
     <row r="37" spans="1:11" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A37" s="6" t="s">
@@ -5954,389 +5995,389 @@
       <c r="B37" s="5"/>
     </row>
     <row r="38" spans="1:11" ht="17.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B38" s="5"/>
     </row>
     <row r="39" spans="1:11" ht="42" x14ac:dyDescent="0.3">
       <c r="A39" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>117</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>132</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>42</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>47</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>44</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="40" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="11" t="s">
         <v>23</v>
       </c>
       <c r="B40" s="11" t="s">
         <v>24</v>
       </c>
       <c r="C40" s="10">
         <v>43544</v>
       </c>
       <c r="D40" s="11" t="s">
         <v>25</v>
       </c>
       <c r="E40" s="11" t="s">
         <v>96</v>
       </c>
       <c r="F40" s="11" t="s">
         <v>26</v>
       </c>
       <c r="G40" s="52" t="s">
-        <v>239</v>
+        <v>215</v>
       </c>
       <c r="H40" s="23" t="s">
         <v>160</v>
       </c>
       <c r="I40" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J40" s="31"/>
       <c r="K40" s="31"/>
     </row>
     <row r="41" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="23" t="s">
         <v>113</v>
       </c>
       <c r="B41" s="11" t="s">
         <v>27</v>
       </c>
       <c r="C41" s="10">
         <v>38698</v>
       </c>
       <c r="D41" s="23" t="s">
         <v>142</v>
       </c>
       <c r="E41" s="11" t="s">
         <v>125</v>
       </c>
       <c r="F41" s="11" t="s">
         <v>26</v>
       </c>
       <c r="G41" s="45" t="s">
-        <v>237</v>
+        <v>214</v>
       </c>
       <c r="H41" s="23" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
       <c r="I41" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J41" s="31"/>
       <c r="K41" s="31"/>
     </row>
     <row r="42" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="23" t="s">
         <v>116</v>
       </c>
       <c r="B42" s="23" t="s">
         <v>28</v>
       </c>
       <c r="C42" s="36">
         <v>43640</v>
       </c>
       <c r="D42" s="23" t="s">
         <v>143</v>
       </c>
       <c r="E42" s="11" t="s">
         <v>126</v>
       </c>
       <c r="F42" s="23" t="s">
         <v>29</v>
       </c>
       <c r="G42" s="45" t="s">
-        <v>240</v>
+        <v>216</v>
       </c>
       <c r="H42" s="23" t="s">
         <v>161</v>
       </c>
       <c r="I42" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J42" s="31"/>
       <c r="K42" s="31"/>
     </row>
     <row r="43" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="23" t="s">
         <v>30</v>
       </c>
       <c r="B43" s="23" t="s">
         <v>31</v>
       </c>
       <c r="C43" s="36">
         <v>39195</v>
       </c>
       <c r="D43" s="23" t="s">
         <v>144</v>
       </c>
       <c r="E43" s="11" t="s">
         <v>127</v>
       </c>
       <c r="F43" s="23" t="s">
         <v>26</v>
       </c>
       <c r="G43" s="49" t="s">
-        <v>242</v>
+        <v>218</v>
       </c>
       <c r="H43" s="23" t="s">
         <v>162</v>
       </c>
       <c r="I43" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J43" s="31"/>
       <c r="K43" s="31"/>
     </row>
     <row r="44" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="23" t="s">
         <v>32</v>
       </c>
       <c r="B44" s="23" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="41">
         <v>43369</v>
       </c>
       <c r="D44" s="23" t="s">
         <v>145</v>
       </c>
       <c r="E44" s="23" t="s">
         <v>96</v>
       </c>
       <c r="F44" s="23" t="s">
         <v>26</v>
       </c>
       <c r="G44" s="49" t="s">
-        <v>241</v>
+        <v>217</v>
       </c>
       <c r="H44" s="23" t="s">
-        <v>184</v>
+        <v>247</v>
       </c>
       <c r="I44" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J44" s="31"/>
       <c r="K44" s="31"/>
     </row>
     <row r="45" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="23" t="s">
         <v>112</v>
       </c>
       <c r="B45" s="23" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="3">
         <v>37504</v>
       </c>
       <c r="D45" s="23" t="s">
         <v>146</v>
       </c>
       <c r="E45" s="23" t="s">
         <v>128</v>
       </c>
       <c r="F45" s="23" t="s">
         <v>29</v>
       </c>
       <c r="G45" s="45" t="s">
-        <v>245</v>
+        <v>220</v>
       </c>
       <c r="H45" s="23" t="s">
         <v>163</v>
       </c>
       <c r="I45" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J45" s="31"/>
       <c r="K45" s="31"/>
     </row>
     <row r="46" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="23" t="s">
         <v>140</v>
       </c>
       <c r="B46" s="23" t="s">
         <v>35</v>
       </c>
       <c r="C46" s="41">
         <v>35782</v>
       </c>
       <c r="D46" s="23" t="s">
         <v>147</v>
       </c>
       <c r="E46" s="23" t="s">
         <v>129</v>
       </c>
       <c r="F46" s="23" t="s">
         <v>36</v>
       </c>
       <c r="G46" s="45" t="s">
-        <v>246</v>
+        <v>221</v>
       </c>
       <c r="H46" s="23" t="s">
-        <v>185</v>
+        <v>176</v>
       </c>
       <c r="I46" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J46" s="31"/>
       <c r="K46" s="31"/>
     </row>
     <row r="47" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A47" s="23" t="s">
         <v>37</v>
       </c>
       <c r="B47" s="23" t="s">
         <v>38</v>
       </c>
       <c r="C47" s="42">
         <v>39895</v>
       </c>
       <c r="D47" s="23" t="s">
         <v>148</v>
       </c>
       <c r="E47" s="23" t="s">
         <v>130</v>
       </c>
       <c r="F47" s="23" t="s">
         <v>36</v>
       </c>
       <c r="G47" s="49" t="s">
-        <v>247</v>
+        <v>222</v>
       </c>
       <c r="H47" s="23" t="s">
         <v>164</v>
       </c>
       <c r="I47" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J47"/>
       <c r="K47" s="31"/>
     </row>
     <row r="48" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="23" t="s">
         <v>141</v>
       </c>
       <c r="B48" s="23" t="s">
         <v>39</v>
       </c>
       <c r="C48" s="3">
         <v>39895</v>
       </c>
       <c r="D48" s="23" t="s">
         <v>149</v>
       </c>
       <c r="E48" s="23" t="s">
         <v>130</v>
       </c>
       <c r="F48" s="23" t="s">
         <v>29</v>
       </c>
       <c r="G48" s="45" t="s">
-        <v>243</v>
+        <v>219</v>
       </c>
       <c r="H48" s="23" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="I48" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J48" s="31"/>
       <c r="K48" s="31"/>
     </row>
     <row r="49" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="23" t="s">
         <v>139</v>
       </c>
       <c r="B49" s="23" t="s">
         <v>40</v>
       </c>
       <c r="C49" s="3">
         <v>40245</v>
       </c>
       <c r="D49" s="23" t="s">
         <v>41</v>
       </c>
       <c r="E49" s="23" t="s">
         <v>131</v>
       </c>
       <c r="F49" s="23" t="s">
         <v>36</v>
       </c>
       <c r="G49" s="45" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="H49" s="23" t="s">
-        <v>248</v>
+        <v>181</v>
       </c>
       <c r="I49" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J49" s="31"/>
       <c r="K49" s="31"/>
     </row>
     <row r="50" spans="1:11" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="12"/>
       <c r="B50" s="13"/>
       <c r="C50" s="14"/>
       <c r="D50" s="14"/>
       <c r="E50" s="14"/>
       <c r="F50" s="14"/>
       <c r="G50" s="14"/>
       <c r="H50" s="14"/>
       <c r="I50" s="14"/>
     </row>
     <row r="51" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="57" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="B51" s="58"/>
       <c r="C51" s="58"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
     </row>
     <row r="52" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A52" s="58"/>
       <c r="B52" s="58"/>
       <c r="C52" s="58"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
     </row>
     <row r="53" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A53" s="58"/>
       <c r="B53" s="58"/>
       <c r="C53" s="58"/>
       <c r="D53" s="12"/>
       <c r="E53" s="12"/>
     </row>
     <row r="54" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A54" s="58"/>
       <c r="B54" s="58"/>
       <c r="C54" s="58"/>
       <c r="D54" s="12"/>
@@ -6386,57 +6427,58 @@
     <hyperlink ref="I22" r:id="rId14" xr:uid="{5755B7C3-E39B-42B0-8A33-9A866B79D5AC}"/>
     <hyperlink ref="I24" r:id="rId15" xr:uid="{3E204F9B-B1CA-4D36-9C01-63D383F6ED7A}"/>
     <hyperlink ref="I41" r:id="rId16" xr:uid="{A428DD7B-8DFB-4C22-BC81-66A2D624EB11}"/>
     <hyperlink ref="I45" r:id="rId17" xr:uid="{B730E2AC-B14D-4534-994A-1DC25DAF09A9}"/>
     <hyperlink ref="I46" r:id="rId18" xr:uid="{82070025-2C53-43FD-8C2D-2664A2242E77}"/>
     <hyperlink ref="I49" r:id="rId19" xr:uid="{DFBAE9FF-AC0C-40E6-B43E-3AD720142FCA}"/>
     <hyperlink ref="I42" r:id="rId20" xr:uid="{ED7857D5-4976-442E-A54D-7B1A7E587ABE}"/>
     <hyperlink ref="I47" r:id="rId21" xr:uid="{C80F5EE5-D243-4BFE-B091-C5D0997509FA}"/>
     <hyperlink ref="I44" r:id="rId22" xr:uid="{BCB58E2B-AC8C-47AB-BD93-574BC515618A}"/>
     <hyperlink ref="I48" r:id="rId23" xr:uid="{BBD45C35-A878-47F2-97D8-0D1545B4F64B}"/>
     <hyperlink ref="I43" r:id="rId24" xr:uid="{D11AE3E4-A1F3-4302-B35F-D043CB5D64BD}"/>
     <hyperlink ref="I17" r:id="rId25" xr:uid="{69122ED8-C155-47EB-B0E5-F7C2F31B6FC9}"/>
     <hyperlink ref="I23" r:id="rId26" xr:uid="{9033F8A8-259D-4B8D-B6F5-0475F1E3DDAD}"/>
     <hyperlink ref="I9" r:id="rId27" xr:uid="{B74A2825-15E7-4986-A6B4-00B7820E4848}"/>
     <hyperlink ref="I10" r:id="rId28" xr:uid="{0DE67D32-1FC4-47B5-929B-4599DB210D7C}"/>
     <hyperlink ref="I5" r:id="rId29" xr:uid="{99B223E8-A712-41F2-A625-B3087B82C794}"/>
     <hyperlink ref="I4" r:id="rId30" xr:uid="{2CF02616-07B8-409D-ABBD-9BC40AE90E7D}"/>
     <hyperlink ref="I6" r:id="rId31" xr:uid="{72A3DA85-3613-4831-B642-9E420B11583C}"/>
     <hyperlink ref="I8" r:id="rId32" xr:uid="{1BBD66C5-A52B-42CA-8FD6-94EC63923CD7}"/>
     <hyperlink ref="I11" r:id="rId33" xr:uid="{EDA9A6DC-F0F3-4D63-B4AC-2A784C1AA47E}"/>
     <hyperlink ref="I3" r:id="rId34" xr:uid="{FA7E0D20-E574-4E09-90BE-AEDFF4D1DDCC}"/>
     <hyperlink ref="I7" r:id="rId35" xr:uid="{1AE2D1F1-9C2C-43E0-86A6-23A0DC779906}"/>
     <hyperlink ref="I13" r:id="rId36" xr:uid="{C05D26AF-088F-418F-88A2-46F6540DA4D4}"/>
     <hyperlink ref="I12" r:id="rId37" xr:uid="{99CD63DB-D2B4-4992-B3BA-A3C766506863}"/>
     <hyperlink ref="I25" r:id="rId38" xr:uid="{062AC6E8-397F-472F-B28D-37FDCE150877}"/>
+    <hyperlink ref="I28:I30" r:id="rId39" display="Portfolio" xr:uid="{7B6745C5-7F9E-4626-927D-A0849492A524}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="29" fitToHeight="0" orientation="landscape" r:id="rId39"/>
+  <pageSetup paperSize="9" scale="29" fitToHeight="0" orientation="landscape" r:id="rId40"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;10&amp;KFF0000 "Sensitivity: Public"&amp;1#_x000D_</oddHeader>
   </headerFooter>
-  <drawing r:id="rId40"/>
+  <drawing r:id="rId41"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>