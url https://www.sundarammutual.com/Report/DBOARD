--- v2 (2025-12-19)
+++ v3 (2026-01-30)
@@ -1,86 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vivek\OneDrive - Sundaram Asset Management Company Limited\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D1EF56E4-98C9-460E-AA4F-F6AC3164DC00}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{98D2A574-8298-40E4-9DE9-57D7F79DA77D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{E804CC67-AE8C-4220-BF5D-835638619ACB}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$2:$K$50</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="249">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="247">
   <si>
     <t>Scheme Name</t>
   </si>
   <si>
     <t>Investment Objective</t>
   </si>
   <si>
     <t>Inception Date</t>
   </si>
   <si>
     <t xml:space="preserve">Additional Benchmark </t>
   </si>
   <si>
     <t>Nifty 50</t>
   </si>
   <si>
     <t xml:space="preserve">S&amp;P BSE 500 </t>
   </si>
   <si>
     <t>Sundaram Infrastructure Advantage Fund</t>
   </si>
   <si>
     <t>S&amp;P BSE 500</t>
   </si>
   <si>
@@ -530,321 +530,315 @@
   </si>
   <si>
     <t>Jun'2004</t>
   </si>
   <si>
     <t>NIFTY 500 TRI</t>
   </si>
   <si>
     <t>Sundaram Multi Asset Allocation Fund</t>
   </si>
   <si>
     <t>Jun'2024</t>
   </si>
   <si>
     <t>NIFTY 500 TRI (65%) + NIFTY Short Duration
 Debt Index (10%) + Domestic Prices of Gold
 (25%)</t>
   </si>
   <si>
     <t>An Open Ended Scheme investing in Equity, Debt &amp; Money Market Instruments and Gold ETFs</t>
   </si>
   <si>
     <t>An open ended equity scheme following business cycles based investing theme</t>
   </si>
   <si>
-    <t>13 Cr</t>
-[...17 lines deleted...]
-    <t>Regular: 0.55 and Direct: 0.33</t>
+    <t>Sundaram Multi Factor Fund</t>
+  </si>
+  <si>
+    <t>To provide long-term capital growth by following a multi-factor-based investment strategy</t>
+  </si>
+  <si>
+    <t>BSE 200 TRI</t>
+  </si>
+  <si>
+    <t>The Fund has not Completed One Year and  hence  no Performance disclosure</t>
+  </si>
+  <si>
+    <t>Sundaram Value Fund</t>
+  </si>
+  <si>
+    <t>Nov'1999</t>
+  </si>
+  <si>
+    <t>An open-ended equity scheme that follows value investment strategy</t>
+  </si>
+  <si>
+    <t>Regular: 2.08 and Direct: 0.76</t>
+  </si>
+  <si>
+    <t>Regular: 2.38 and Direct: 1.49</t>
+  </si>
+  <si>
+    <t>Regular: 2.05 and Direct: 0.59</t>
+  </si>
+  <si>
+    <t>14 Cr</t>
+  </si>
+  <si>
+    <t>34 Cr</t>
+  </si>
+  <si>
+    <t>Regular: 1.41 and Direct: 1.18</t>
+  </si>
+  <si>
+    <t>Regular: 1.40 and Direct:1.18</t>
   </si>
   <si>
     <t>Regular: 1.44 and Direct: 1.33</t>
   </si>
   <si>
-    <t>Sundaram Global Brand Fund Theme</t>
-[...23 lines deleted...]
-    <t>Regular: 1.00 and Direct: 0.17</t>
+    <t>Regular: 1.41 and Direct: 1.19</t>
+  </si>
+  <si>
+    <t>36 Cr.</t>
+  </si>
+  <si>
+    <t>SUNDARAM ASSET MANAGEMENT COMPANY  DASHBOARD  - DECEMBER 2025</t>
+  </si>
+  <si>
+    <t>Closing AUM as on December 31,2025              (in Crs)</t>
+  </si>
+  <si>
+    <t>Past performance may or may not be sustained in future. Return/investment value are as of  December 31,2025 . Returns are on a compounded annual basis for period more than one year and absolute for one-year period and computed using NAV of Regular Plan-Growth Option. Value of 10,000 invested at inception is as on December 31,2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3,364 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 1.91 and Direct: 0.65</t>
+  </si>
+  <si>
+    <t>1,402 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 2.18 and Direct: 1.52</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 13,293 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 1.73 and Direct: 0.86</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3,401 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 1.93 and Direct: 0.82</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 6,987 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 1.79 and Direct: 0.66</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2,908 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 1.98 and Direct: 0.88</t>
+  </si>
+  <si>
+    <t>2,128 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 2.03 and Direct: 0.69</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1,103 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 2.25 and Direct: 1.21</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 919 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 2.28 and Direct: 1.03</t>
+  </si>
+  <si>
+    <t>1,016 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 2.11 and Direct: 0.51</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  1,584 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 2.16 and Direct: 1.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4,809 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 1.86 and Direct: 0.67</t>
+  </si>
+  <si>
+    <t>947 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 2.35 and Direct: 1.59</t>
+  </si>
+  <si>
+    <t>1,661 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1,789 Cr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 2.05 and Direct: 0.58</t>
+  </si>
+  <si>
+    <t>Sundaram Global Brand Theme - Equity Active FoF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  156 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 133 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 1.08 and Direct: 0.52</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 7,846 Cr</t>
+  </si>
+  <si>
+    <t>Regular: 1.76 and Direct: 0.73</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1,207 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 2.15 and Direct: 0.71</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1,737 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3,090 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 1.81 and Direct: 0.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 321 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 1.01 and Direct: 0.30</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1,477 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 2.24 and Direct: 1.65</t>
+  </si>
+  <si>
+    <t>22 Cr</t>
+  </si>
+  <si>
+    <t>75 Cr</t>
   </si>
   <si>
     <t>35 Cr</t>
   </si>
   <si>
-    <t>Regular: 1.83 and Direct: 1.09</t>
-[...215 lines deleted...]
-    <t>Regular: 0.41 and Direct: 0.27</t>
+    <t>30 Cr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 1.38 and Direct: 1.17</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular:1.43 and Direct: 1.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 6,371 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 0.35 and Direct: 0.14.</t>
+  </si>
+  <si>
+    <t>550 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 0.17 and Direct: 0.07</t>
+  </si>
+  <si>
+    <t>1,996 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 1.42 and Direct: 0.23</t>
+  </si>
+  <si>
+    <t>1,835 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 0.32 and Direct: 0.18.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 472 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 1.21 and Direct: 0.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 377 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 0.44 and Direct: 0.27</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 190 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 0.72 and Direct: 0.31</t>
+  </si>
+  <si>
+    <t>Regular: 2.06 and Direct: 1.09</t>
+  </si>
+  <si>
+    <t>768 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 0.64 and Direct: 0.33</t>
+  </si>
+  <si>
+    <t>20 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 1.14 and Direct: 0.83</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="[$-409]dd\-mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="[$-409]d/mmm/yy;@"/>
     <numFmt numFmtId="166" formatCode="[$-1014009]#,##0;\(#,##0\)"/>
     <numFmt numFmtId="167" formatCode="[$-409]mmm/yy;@"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
@@ -915,51 +909,51 @@
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCCFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="6">
+  <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -990,58 +984,84 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="60">
+  <cellXfs count="67">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
@@ -1144,3528 +1164,3413 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="167" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="5" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="4" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="3" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="2" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{C3821F21-7EBA-4E66-8F92-34AE5EA59B4F}"/>
     <cellStyle name="Normal_Sheet1" xfId="1" xr:uid="{2186CCD4-35C6-4EBC-8C1D-5135BC10EC94}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image77.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image75.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image78.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image76.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image75.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>10</xdr:col>
-      <xdr:colOff>1625600</xdr:colOff>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>5238750</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="160" name="Picture 159">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7EECA035-6FC7-4A1D-9045-C260706BE6EA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="10108406" y="24133969"/>
           <a:ext cx="5238750" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>10</xdr:col>
-[...6 lines deleted...]
-      <xdr:colOff>6941877</xdr:colOff>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>44451</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>69850</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7194551</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>1771737</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="Picture 73">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{548A95CB-AA26-495A-41F3-6F8D6F3BA90E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14065251" y="2863850"/>
+          <a:ext cx="7150100" cy="1701887"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>50800</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>1689101</xdr:rowOff>
-[...50 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4998920-49D8-623B-8062-83B3F64C8BDE}"/>
+      <xdr:rowOff>88900</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7143750</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1771736</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="Picture 74">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81B8A31F-1599-F3F5-C379-AD726B1E0F85}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="17811750" y="15976600"/>
-[...27 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5E7B533-7F22-5CA2-68BC-A4EDAB349399}"/>
+          <a:off x="14071600" y="977900"/>
+          <a:ext cx="7092950" cy="1682836"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7194550</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>1714585</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="Picture 79">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F158247A-01CC-F066-04E8-DC9CC34139C7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="17729200" y="17957800"/>
-[...27 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{69F4B545-09AA-750F-F41A-8BE0FD362408}"/>
+          <a:off x="14039850" y="4756150"/>
+          <a:ext cx="7175500" cy="1657435"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>57151</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>114300</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7169151</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>1790786</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="Picture 80">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B503E80C-1661-2761-501C-7693B0F5BB1B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="17697451" y="19996150"/>
-[...27 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9BC12D6-7C26-CBC6-6952-B32DDE27B5B7}"/>
+          <a:off x="14077951" y="6718300"/>
+          <a:ext cx="7112000" cy="1676486"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>50801</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>107950</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7156451</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>1733634</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="Picture 81">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FBEE15DD-D81C-80BA-FBAA-9B6B06369498}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="17786350" y="21742400"/>
-[...27 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77979495-674D-1527-456E-326E18278DC2}"/>
+          <a:off x="14071601" y="8616950"/>
+          <a:ext cx="7105650" cy="1625684"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>69850</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>114300</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7188200</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>1759035</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="Picture 82">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F9D5C3C-E718-5580-EC18-0CB12216CC76}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="17881600" y="23717250"/>
-[...27 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C3C7D7-4F8C-C102-D906-75D599D6B41B}"/>
+          <a:off x="14090650" y="10528300"/>
+          <a:ext cx="7118350" cy="1644735"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>50801</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>273050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7175501</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>1574867</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="Picture 83">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4D80104-67D9-45C2-EAD6-DF27F5E4EC0E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="17754600" y="27571700"/>
-[...1244 lines deleted...]
-      <xdr:colOff>63500</xdr:colOff>
+          <a:off x="14071601" y="12592050"/>
+          <a:ext cx="7124700" cy="1301817"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>6350</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>11</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7181850</xdr:colOff>
       <xdr:row>9</xdr:row>
-      <xdr:rowOff>1549475</xdr:rowOff>
-[...35 lines deleted...]
-      <xdr:colOff>190500</xdr:colOff>
+      <xdr:rowOff>1733634</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="Picture 84">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9A24F0B-C1FF-9CD9-EC4C-15973D127B2C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14027150" y="14319250"/>
+          <a:ext cx="7175500" cy="1638384"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>31750</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>107950</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7175500</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>1746334</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="Picture 85">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0942D1CE-DA10-B223-21FB-132AAC7004DA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14052550" y="16236950"/>
+          <a:ext cx="7143750" cy="1638384"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>120650</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7131050</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>1803486</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="Picture 86">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2152FAC-07C1-4795-6811-FE0A18DD743D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14039850" y="20059650"/>
+          <a:ext cx="7112000" cy="1682836"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>25401</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>184150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7162801</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>1670126</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="Picture 87">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21B488CD-A520-F994-C3C0-25663C66972E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14046201" y="22028150"/>
+          <a:ext cx="7137400" cy="1485976"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>158750</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7169150</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>1803485</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="Picture 88">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DBB4C55-5023-DEFB-B4CD-83F3D2761F1B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14039850" y="23907750"/>
+          <a:ext cx="7150100" cy="1644735"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>44450</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>101600</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7162800</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>1727284</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="Picture 89">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1FBC33F6-45F9-498C-70D6-C190183FDBED}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14065250" y="25755600"/>
+          <a:ext cx="7118350" cy="1625684"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>50801</xdr:colOff>
       <xdr:row>16</xdr:row>
-      <xdr:rowOff>177800</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>6026450</xdr:colOff>
+      <xdr:rowOff>368300</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7156451</xdr:colOff>
       <xdr:row>16</xdr:row>
-      <xdr:rowOff>1612974</xdr:rowOff>
-[...78 lines deleted...]
-      <xdr:col>10</xdr:col>
+      <xdr:rowOff>1530410</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="Picture 90">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62C08904-549C-5C16-CF27-E6069BAF0354}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14071601" y="27927300"/>
+          <a:ext cx="7105650" cy="1162110"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>114300</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7143750</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>1816187</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="Picture 91">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{661E487C-7B4A-178D-90CF-0459410BA07F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14058900" y="29578300"/>
+          <a:ext cx="7105650" cy="1701887"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>69851</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>63500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7137401</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>1689184</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="Picture 92">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{01D561F4-DDCB-81D9-E6F2-0EA52CC0CF54}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14090651" y="31432500"/>
+          <a:ext cx="7067550" cy="1625684"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>63500</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>88900</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7181850</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>1746335</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="Picture 93">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8ED2AC8-66F0-FB88-EB9F-8DC02CA74CEC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14084300" y="33362900"/>
+          <a:ext cx="7118350" cy="1657435"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
       <xdr:colOff>31750</xdr:colOff>
-      <xdr:row>11</xdr:row>
-[...87 lines deleted...]
-      <xdr:row>3</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>139700</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>3543300</xdr:colOff>
-[...741 lines deleted...]
-      <xdr:colOff>88900</xdr:colOff>
+      <xdr:colOff>7175500</xdr:colOff>
       <xdr:row>20</xdr:row>
-      <xdr:rowOff>177800</xdr:rowOff>
-[...41 lines deleted...]
-      <xdr:colOff>38100</xdr:colOff>
+      <xdr:rowOff>1803486</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="Picture 94">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F72F7F6-8A95-1CE0-4EB4-05DDBB0E7F93}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14052550" y="35318700"/>
+          <a:ext cx="7143750" cy="1663786"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>25401</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>3562350</xdr:colOff>
+      <xdr:colOff>7137401</xdr:colOff>
       <xdr:row>21</xdr:row>
-      <xdr:rowOff>1797139</xdr:rowOff>
-[...23 lines deleted...]
-          <a:ext cx="3524250" cy="1739989"/>
+      <xdr:rowOff>1778088</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="Picture 95">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E079CDA-6A34-9E8C-58E6-9EDF4F3AAF07}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14046201" y="37141150"/>
+          <a:ext cx="7112000" cy="1720938"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>25400</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>196850</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>3486150</xdr:colOff>
+      <xdr:colOff>7169150</xdr:colOff>
       <xdr:row>22</xdr:row>
-      <xdr:rowOff>1689177</xdr:rowOff>
-[...35 lines deleted...]
-      <xdr:colOff>25400</xdr:colOff>
+      <xdr:rowOff>1378011</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="Picture 96">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80C8BBBF-148A-D014-78C6-7C5A4656DA1E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14046200" y="39185850"/>
+          <a:ext cx="7143750" cy="1181161"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>44450</xdr:colOff>
       <xdr:row>23</xdr:row>
-      <xdr:rowOff>120650</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>3549651</xdr:colOff>
+      <xdr:rowOff>158750</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7143750</xdr:colOff>
       <xdr:row>23</xdr:row>
-      <xdr:rowOff>1663779</xdr:rowOff>
-[...35 lines deleted...]
-      <xdr:colOff>57150</xdr:colOff>
+      <xdr:rowOff>1682828</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="Picture 97">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E915EA1-6870-58C0-BCD6-E1809AFC2705}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14065250" y="41052750"/>
+          <a:ext cx="7099300" cy="1524078"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>63501</xdr:colOff>
       <xdr:row>24</xdr:row>
-      <xdr:rowOff>133350</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>3435350</xdr:colOff>
+      <xdr:rowOff>101600</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7156451</xdr:colOff>
       <xdr:row>24</xdr:row>
-      <xdr:rowOff>1714581</xdr:rowOff>
-[...23 lines deleted...]
-          <a:ext cx="3378200" cy="1581231"/>
+      <xdr:rowOff>1746335</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="Picture 98">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58EB63CF-B48B-B212-8FB5-7DCCF60FE5F5}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14084301" y="42900600"/>
+          <a:ext cx="7092950" cy="1644735"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>27</xdr:row>
-      <xdr:rowOff>165100</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>3606801</xdr:colOff>
+      <xdr:rowOff>171450</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7061200</xdr:colOff>
       <xdr:row>28</xdr:row>
-      <xdr:rowOff>1803582</xdr:rowOff>
-[...35 lines deleted...]
-      <xdr:colOff>19050</xdr:colOff>
+      <xdr:rowOff>1740079</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="Picture 99">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E261F0F5-020E-B45A-9D9B-3129BCD60A8C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14058900" y="45231050"/>
+          <a:ext cx="7023100" cy="3473629"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>69851</xdr:colOff>
       <xdr:row>29</xdr:row>
+      <xdr:rowOff>50800</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7080251</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>1803490</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="Picture 100">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9674939F-AB78-8709-7135-E94BF1D3B0D9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14090651" y="48920400"/>
+          <a:ext cx="7010400" cy="1752690"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>152400</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7016750</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>1701978</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="Picture 101">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D06BF8E6-FA9D-4FCA-27BC-B82BCCC0E390}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14077950" y="50927000"/>
+          <a:ext cx="6959600" cy="3454578"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>374650</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7099300</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>1727380</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="Picture 102">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B9AF84D-F944-9998-C4E2-D212198908A0}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14077950" y="55518050"/>
+          <a:ext cx="7042150" cy="3511730"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>19051</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7181850</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>1828800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="Picture 103">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5501ACD-DD94-97B5-3083-D8298417C620}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14058900" y="63334901"/>
+          <a:ext cx="7143750" cy="1809749"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>63500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7175500</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>1778000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="Picture 104">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81DC71A4-BA92-D09D-BCC4-71E43327E0B5}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14097000" y="61474350"/>
+          <a:ext cx="7099300" cy="1714500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>63500</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>50800</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7137400</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>1835150</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="Picture 105">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DF9228E-159B-516B-BA01-C542AB4C4868}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14084300" y="65271650"/>
+          <a:ext cx="7073900" cy="1784350"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>31750</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>1</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7194550</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>1847851</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="Picture 106">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3101B021-6B78-08E2-F7D7-1FE76C6F9982}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14052550" y="69030851"/>
+          <a:ext cx="7162800" cy="1847850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>101600</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>57149</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7188200</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>1797050</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="108" name="Picture 107">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA1B6055-3F4E-E915-3E22-2A567A81761C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14122400" y="67182999"/>
+          <a:ext cx="7086600" cy="1739901"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>57151</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>50801</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7156451</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>1803401</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="Picture 108">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F68B3051-5140-66AA-F001-23824820A867}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14077951" y="76701651"/>
+          <a:ext cx="7099300" cy="1752600"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>57151</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>38101</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7200901</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>1784351</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="110" name="Picture 109">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4B9A333-E538-8255-9AB6-F3D50855B293}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14077951" y="70973951"/>
+          <a:ext cx="7143750" cy="1746250"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>50800</xdr:colOff>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>88900</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>3530600</xdr:colOff>
-[...433 lines deleted...]
-      <xdr:colOff>88900</xdr:colOff>
+      <xdr:colOff>7175500</xdr:colOff>
       <xdr:row>45</xdr:row>
-      <xdr:rowOff>133350</xdr:rowOff>
-[...41 lines deleted...]
-      <xdr:colOff>44450</xdr:colOff>
+      <xdr:rowOff>1784350</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="111" name="Picture 110">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C906031C-9CAE-3EF0-4739-1C4C5E48A6F7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14071600" y="72929750"/>
+          <a:ext cx="7124700" cy="1695450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>76201</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>25400</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>3511550</xdr:colOff>
+      <xdr:colOff>7162801</xdr:colOff>
       <xdr:row>46</xdr:row>
-      <xdr:rowOff>1822542</xdr:rowOff>
-[...34 lines deleted...]
-      <xdr:col>9</xdr:col>
+      <xdr:rowOff>1752600</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="Picture 111">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DF8813B-6C5E-C65B-E01D-686B4A39D595}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14097001" y="74771250"/>
+          <a:ext cx="7086600" cy="1727200"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>57151</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>44451</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7175501</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>1803401</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="Picture 112">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0AA8190-77CC-20E2-695A-B3712BE99D0F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14077951" y="78600301"/>
+          <a:ext cx="7118350" cy="1758950"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>82550</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>146050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6737692</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>1517720</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="114" name="Picture 113">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{249DCE60-17FD-D811-888F-BC4E92C3CF5F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21329650" y="2940050"/>
+          <a:ext cx="6655142" cy="1371670"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>25400</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>82550</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>462</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>1574877</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="115" name="Picture 114">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0306409C-9ACC-8669-483B-9101640AD4F3}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21272500" y="4781550"/>
+          <a:ext cx="8992062" cy="1492327"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>50800</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>139700</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>9011110</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>1625676</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="116" name="Picture 115">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA34F47E-49F3-5035-A0FA-461E444BDAE9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21297900" y="6743700"/>
+          <a:ext cx="8960310" cy="1485976"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>25400</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>152400</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6788498</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>1600274</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="117" name="Picture 116">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FDC6A4DB-E50C-EF30-D62D-26D627775DC0}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21272500" y="8661400"/>
+          <a:ext cx="6763098" cy="1447874"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>82550</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>196850</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6832947</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>1612973</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="118" name="Picture 117">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D966ECAA-271C-7629-B99C-4E0972889933}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21329650" y="10610850"/>
+          <a:ext cx="6750397" cy="1416123"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>165100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6826596</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>1574872</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="119" name="Picture 118">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07A1BD3B-F7AD-3AC8-3A20-C593D805EC27}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21342350" y="12484100"/>
+          <a:ext cx="6731346" cy="1409772"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>76200</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>8992060</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>1549476</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="120" name="Picture 119">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A89FF69B-D328-E722-F51E-546B39391CE6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21285200" y="14300200"/>
+          <a:ext cx="8953960" cy="1473276"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>171450</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6782146</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1587573</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="121" name="Picture 120">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A40392F5-714E-C667-867D-0DA57AEE2684}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21304250" y="1060450"/>
+          <a:ext cx="6724996" cy="1416123"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>12700</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>146050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>9011112</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>1562173</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="122" name="Picture 121">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CBC89EAB-1604-7D6A-027F-C03E48751A89}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21259800" y="16275050"/>
+          <a:ext cx="8998412" cy="1416123"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>50800</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>196850</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6782146</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>1587571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="123" name="Picture 122">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E09889F7-0ECF-1316-66C0-FB2B6E3C63F4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21297900" y="18230850"/>
+          <a:ext cx="6731346" cy="1390721"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6820246</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>1587572</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="124" name="Picture 123">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C37FEF3-692A-2C84-1CA1-51F32DD823E7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21342350" y="20129500"/>
+          <a:ext cx="6724996" cy="1397072"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>44450</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>165100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>8998410</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>1632025</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="125" name="Picture 124">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3EE90C8F-65C4-ACA7-082C-5859D0D71E6D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21291550" y="22009100"/>
+          <a:ext cx="8953960" cy="1466925"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>50800</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>146050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6782146</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>1562173</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="126" name="Picture 125">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EF59A47-4616-7AA4-61D2-2EA81319CFF5}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21297900" y="23895050"/>
+          <a:ext cx="6731346" cy="1416123"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>69850</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>222250</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6763094</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>1638373</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="127" name="Picture 126">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B095EC6-38D2-D6D0-A5BD-4350BFEB387C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21316950" y="25876250"/>
+          <a:ext cx="6693244" cy="1416123"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>44450</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>158750</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6832949</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>1612975</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="128" name="Picture 127">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4B97F5A-9E3B-CF7C-A8B2-DE1E71D9DDE9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21291550" y="27717750"/>
+          <a:ext cx="6788499" cy="1454225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>101600</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>196850</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6832946</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>1612973</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="129" name="Picture 128">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3EEC8F41-FB63-AA64-2A5C-492E5DBB426D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21348700" y="29660850"/>
+          <a:ext cx="6731346" cy="1416123"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>44450</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>184150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6750395</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>1593922</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="130" name="Picture 129">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B16967F-14AD-3E6C-9181-95C2C7764069}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21291550" y="31553150"/>
+          <a:ext cx="6705945" cy="1409772"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>44450</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>158750</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6769446</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>1606624</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="131" name="Picture 130">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF221C82-981E-3DBB-40F8-CBABCFCEB02E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21291550" y="33432750"/>
+          <a:ext cx="6724996" cy="1447874"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>158750</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6782145</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>1555822</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="132" name="Picture 131">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D42E2EB-7E43-4B86-C483-6CEAACF84192}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21323300" y="35337750"/>
+          <a:ext cx="6705945" cy="1397072"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>63500</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>152400</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6775795</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>1568523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="133" name="Picture 132">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06F29557-FD8D-1CD3-5541-8194B781D39A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21310600" y="37236400"/>
+          <a:ext cx="6712295" cy="1416123"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>63500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6769446</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>1835241</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="134" name="Picture 133">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F51077BD-F974-B852-976D-38F9D50199EE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21285200" y="39052500"/>
+          <a:ext cx="6731346" cy="1771741"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6350</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>171450</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6788499</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>1568522</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="135" name="Picture 134">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BE732A9-C126-0ABD-DDFA-EA74BCEB22D3}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21253450" y="41065450"/>
+          <a:ext cx="6782149" cy="1397072"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>12700</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>127000</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6763097</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>1574874</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="136" name="Picture 135">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D171F97C-9EB4-93DC-B521-074BCBE98104}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21259800" y="42926000"/>
+          <a:ext cx="6750397" cy="1447874"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>50800</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>361950</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6794847</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>1543050</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="137" name="Picture 136">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1F470AD-5804-73EB-7740-FA5DFAF263C3}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21297900" y="45421550"/>
+          <a:ext cx="6744047" cy="3086100"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>184150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6826597</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>1600273</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="138" name="Picture 137">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E967665F-E96B-B734-020A-3578C5548110}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21323300" y="49053750"/>
+          <a:ext cx="6750397" cy="1416123"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>50800</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>336550</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6782146</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>1651000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="139" name="Picture 138">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9755A21-9C76-EBFE-8680-801CD88D43F9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21297900" y="51111150"/>
+          <a:ext cx="6731346" cy="3219450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>69850</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>355600</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6813897</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>1809825</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="140" name="Picture 139">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107B6A7D-141B-8896-E679-D674BBE53161}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21316950" y="55499000"/>
+          <a:ext cx="6744047" cy="1454225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>101600</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>406400</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6813895</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>1879676</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="141" name="Picture 140">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{145FE37E-3450-007D-7CF9-EC985A809C34}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21348700" y="57708800"/>
+          <a:ext cx="6712295" cy="1473276"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>44450</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>158750</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6794847</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>1549471</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="142" name="Picture 141">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6B8EE97-B12D-DC83-46B1-C97E1B06C3BF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21291550" y="63474600"/>
+          <a:ext cx="6750397" cy="1390721"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>44450</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>127000</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6788497</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>1524072</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="143" name="Picture 142">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F093A6A-D7B8-7BBA-4DDB-60932B6126A7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21291550" y="61537850"/>
+          <a:ext cx="6744047" cy="1397072"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>25400</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>101600</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6756746</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>1498672</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="144" name="Picture 143">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B35F3B3-7564-53E6-A099-CF0A7336D432}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21272500" y="65322450"/>
+          <a:ext cx="6731346" cy="1397072"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>44450</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>127000</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6775796</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>1524072</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="145" name="Picture 144">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96EB64C9-DDD0-9C49-8D4B-764ADC64BF17}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21291550" y="69157850"/>
+          <a:ext cx="6731346" cy="1397072"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>50800</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6775796</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>1600272</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="146" name="Picture 145">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF75B6B0-2C12-FEF6-9225-D4DF8EE8B111}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21297900" y="67316350"/>
+          <a:ext cx="6724996" cy="1409772"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>31750</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6782147</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>1568524</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="147" name="Picture 146">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98D7DA09-5529-CB00-789D-09B1D413FE34}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21278850" y="76784200"/>
+          <a:ext cx="6750397" cy="1435174"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>63500</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>285750</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6794846</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>1701873</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="148" name="Picture 147">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{367FE98A-CB55-92A7-C0E3-77FF4022E2AC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21310600" y="71221600"/>
+          <a:ext cx="6731346" cy="1416123"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>44450</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>171450</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6794847</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>1587573</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="149" name="Picture 148">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90AC7B09-35A5-7B50-71E2-DA71A9D72305}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21291550" y="73012300"/>
+          <a:ext cx="6750397" cy="1416123"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>69850</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>241300</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6794846</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>1676474</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="150" name="Picture 149">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8EFEAB6-B1C1-BB49-46C5-5BA23C190F19}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21316950" y="74987150"/>
+          <a:ext cx="6724996" cy="1435174"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
       <xdr:row>48</xdr:row>
-      <xdr:rowOff>31750</xdr:rowOff>
-[...73 lines deleted...]
-          <a:ext cx="3479800" cy="1682836"/>
+      <xdr:rowOff>209550</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6807547</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>1657424</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="151" name="Picture 150">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54569701-0B05-6649-C975-5D811FF753C4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21304250" y="78765400"/>
+          <a:ext cx="6750397" cy="1447874"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -4939,820 +4844,821 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SESF" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/BSF" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSMAAF" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/LTTAF3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/FIPF" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSETSF" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/Long_Term_Tax_Advantage_Fund/Long_Term_Tax_Advantage_Fund_4_2017_150517_111250.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/FSOF" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSLF" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSUSDF" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SMCF" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SSF" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/LTTAF3" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/NHEW" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/USTF" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSMCF" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSMFF" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/long_term_tax_advantage_series_3/Long_Term_Tax_Advantage_Series_3_10_2017_141117_125836.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSAF" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SBPDF" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSFF" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/RIFF" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/GAF" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/MIPF" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SSCF" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/long_term_tax_advantage_series_3/Long_Term_Tax_Advantage_Series_3_7_2017_170817_112423.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/FSOF" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSBAF" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SMMF" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSFCF" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSLCF" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/EMF" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SUNONF" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/long_term_tax_advantage_series_3/Long_Term_Tax_Advantage_Series_3_3_2017_190417_153221.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSAHF" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSSDF" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/GAF" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSDYF" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/TSF" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{95621368-C8CD-4DC0-B933-D14C9F72AA92}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K57"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A32" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="topRight" activeCell="A32" sqref="A32"/>
+    <sheetView tabSelected="1" topLeftCell="A43" zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="1" topLeftCell="C1" activePane="topRight" state="frozen"/>
+      <selection pane="topRight" activeCell="G2" sqref="G2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="43.7265625" style="8" customWidth="1"/>
     <col min="2" max="2" width="49.453125" style="9" customWidth="1"/>
     <col min="3" max="3" width="12.1796875" style="5" customWidth="1"/>
     <col min="4" max="5" width="20.7265625" style="7" customWidth="1"/>
     <col min="6" max="6" width="12.7265625" style="7" customWidth="1"/>
     <col min="7" max="7" width="15.7265625" style="7" customWidth="1"/>
     <col min="8" max="9" width="12.7265625" style="7" customWidth="1"/>
-    <col min="10" max="10" width="51.7265625" style="4" customWidth="1"/>
-    <col min="11" max="11" width="110.7265625" style="4" customWidth="1"/>
+    <col min="10" max="10" width="103.453125" style="4" customWidth="1"/>
+    <col min="11" max="11" width="129.08984375" style="4" customWidth="1"/>
     <col min="12" max="16384" width="9.1796875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A1" s="16" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="16"/>
       <c r="E1" s="16"/>
       <c r="F1" s="16"/>
       <c r="G1" s="47"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
     </row>
     <row r="2" spans="1:11" ht="56" x14ac:dyDescent="0.3">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>117</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>42</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>47</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>44</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="3" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="23" t="s">
         <v>138</v>
       </c>
       <c r="B3" s="23" t="s">
         <v>97</v>
       </c>
       <c r="C3" s="36" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="23" t="s">
         <v>56</v>
       </c>
       <c r="E3" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F3" s="23" t="s">
         <v>57</v>
       </c>
       <c r="G3" s="48" t="s">
-        <v>194</v>
+        <v>180</v>
       </c>
       <c r="H3" s="48" t="s">
-        <v>229</v>
+        <v>181</v>
       </c>
       <c r="I3" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J3" s="50"/>
       <c r="K3" s="15"/>
     </row>
     <row r="4" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="23" t="s">
         <v>58</v>
       </c>
       <c r="B4" s="23" t="s">
         <v>98</v>
       </c>
       <c r="C4" s="36" t="s">
         <v>61</v>
       </c>
       <c r="D4" s="11" t="s">
         <v>59</v>
       </c>
       <c r="E4" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F4" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G4" s="48" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="H4" s="48" t="s">
-        <v>223</v>
+        <v>179</v>
       </c>
       <c r="I4" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J4" s="15"/>
       <c r="K4" s="15"/>
     </row>
     <row r="5" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="23" t="s">
         <v>60</v>
       </c>
       <c r="B5" s="23" t="s">
         <v>49</v>
       </c>
       <c r="C5" s="36" t="s">
         <v>61</v>
       </c>
       <c r="D5" s="23" t="s">
         <v>62</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>119</v>
       </c>
       <c r="F5" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G5" s="48" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="H5" s="48" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="I5" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J5" s="15"/>
       <c r="K5" s="15"/>
     </row>
     <row r="6" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="23" t="s">
         <v>63</v>
       </c>
       <c r="B6" s="23" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="36" t="s">
         <v>66</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>64</v>
       </c>
       <c r="E6" s="11" t="s">
         <v>120</v>
       </c>
       <c r="F6" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G6" s="48" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="H6" s="48" t="s">
-        <v>224</v>
+        <v>185</v>
       </c>
       <c r="I6" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J6" s="15"/>
       <c r="K6" s="15"/>
     </row>
     <row r="7" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="23" t="s">
         <v>65</v>
       </c>
       <c r="B7" s="23" t="s">
         <v>99</v>
       </c>
       <c r="C7" s="36" t="s">
         <v>68</v>
       </c>
       <c r="D7" s="11" t="s">
         <v>67</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>67</v>
       </c>
       <c r="F7" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G7" s="48" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="H7" s="48" t="s">
-        <v>225</v>
+        <v>187</v>
       </c>
       <c r="I7" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J7" s="15"/>
       <c r="K7" s="15"/>
     </row>
     <row r="8" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="23" t="s">
         <v>69</v>
       </c>
       <c r="B8" s="11" t="s">
         <v>100</v>
       </c>
       <c r="C8" s="36" t="s">
         <v>70</v>
       </c>
       <c r="D8" s="23" t="s">
         <v>71</v>
       </c>
       <c r="E8" s="23" t="s">
         <v>71</v>
       </c>
       <c r="F8" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G8" s="48" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="H8" s="48" t="s">
-        <v>226</v>
+        <v>189</v>
       </c>
       <c r="I8" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J8" s="15"/>
       <c r="K8" s="15"/>
     </row>
     <row r="9" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="23" t="s">
         <v>135</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>137</v>
       </c>
       <c r="C9" s="36" t="s">
         <v>136</v>
       </c>
       <c r="D9" s="23" t="s">
         <v>56</v>
       </c>
       <c r="E9" s="23" t="s">
         <v>56</v>
       </c>
       <c r="F9" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G9" s="48" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="H9" s="48" t="s">
-        <v>227</v>
+        <v>191</v>
       </c>
       <c r="I9" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15"/>
     </row>
     <row r="10" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="11" t="s">
         <v>72</v>
       </c>
       <c r="B10" s="23" t="s">
         <v>101</v>
       </c>
       <c r="C10" s="36" t="s">
         <v>73</v>
       </c>
       <c r="D10" s="11" t="s">
         <v>56</v>
       </c>
       <c r="E10" s="23" t="s">
         <v>67</v>
       </c>
       <c r="F10" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G10" s="48" t="s">
+        <v>192</v>
+      </c>
+      <c r="H10" s="48" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="I10" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15"/>
     </row>
     <row r="11" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="11" t="s">
         <v>74</v>
       </c>
       <c r="B11" s="23" t="s">
         <v>102</v>
       </c>
       <c r="C11" s="36" t="s">
         <v>75</v>
       </c>
       <c r="D11" s="11" t="s">
         <v>56</v>
       </c>
       <c r="E11" s="23" t="s">
         <v>121</v>
       </c>
       <c r="F11" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G11" s="48" t="s">
+        <v>194</v>
+      </c>
+      <c r="H11" s="48" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="I11" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15"/>
     </row>
     <row r="12" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="23" t="s">
-        <v>168</v>
+        <v>158</v>
       </c>
       <c r="B12" s="23" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="C12" s="53">
+        <v>159</v>
+      </c>
+      <c r="C12" s="52">
         <v>45839</v>
       </c>
       <c r="D12" s="23" t="s">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="E12" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F12" s="23" t="s">
         <v>48</v>
       </c>
       <c r="G12" s="48" t="s">
         <v>196</v>
       </c>
       <c r="H12" s="48" t="s">
-        <v>231</v>
+        <v>197</v>
       </c>
       <c r="I12" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J12" s="48" t="s">
-        <v>172</v>
+        <v>161</v>
       </c>
       <c r="K12" s="15"/>
     </row>
     <row r="13" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="23" t="s">
         <v>115</v>
       </c>
       <c r="B13" s="23" t="s">
         <v>133</v>
       </c>
       <c r="C13" s="36" t="s">
         <v>76</v>
       </c>
       <c r="D13" s="11" t="s">
         <v>77</v>
       </c>
       <c r="E13" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F13" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G13" s="48" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H13" s="48" t="s">
-        <v>232</v>
+        <v>199</v>
       </c>
       <c r="I13" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J13" s="15"/>
       <c r="K13" s="15"/>
     </row>
     <row r="14" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="23" t="s">
         <v>78</v>
       </c>
       <c r="B14" s="23" t="s">
         <v>103</v>
       </c>
       <c r="C14" s="36" t="s">
         <v>79</v>
       </c>
       <c r="D14" s="11" t="s">
         <v>80</v>
       </c>
       <c r="E14" s="11" t="s">
         <v>122</v>
       </c>
       <c r="F14" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G14" s="48" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="H14" s="48" t="s">
-        <v>233</v>
+        <v>201</v>
       </c>
       <c r="I14" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J14" s="15"/>
       <c r="K14" s="15"/>
     </row>
     <row r="15" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="23" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="23" t="s">
         <v>104</v>
       </c>
       <c r="C15" s="36" t="s">
         <v>82</v>
       </c>
       <c r="D15" s="33" t="s">
         <v>81</v>
       </c>
       <c r="E15" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F15" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G15" s="48" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="H15" s="48" t="s">
-        <v>234</v>
+        <v>203</v>
       </c>
       <c r="I15" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15"/>
     </row>
-    <row r="16" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:11" ht="150" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A16" s="23" t="s">
         <v>83</v>
       </c>
       <c r="B16" s="23" t="s">
         <v>105</v>
       </c>
       <c r="C16" s="36" t="s">
         <v>84</v>
       </c>
       <c r="D16" s="33" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F16" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G16" s="48" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="H16" s="48" t="s">
-        <v>235</v>
+        <v>165</v>
       </c>
       <c r="I16" s="32" t="s">
         <v>46</v>
       </c>
-      <c r="K16" s="15"/>
+      <c r="K16" s="65"/>
     </row>
-    <row r="17" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:11" ht="150" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A17" s="23" t="s">
         <v>150</v>
       </c>
       <c r="B17" s="23" t="s">
         <v>157</v>
       </c>
       <c r="C17" s="36" t="s">
         <v>151</v>
       </c>
       <c r="D17" s="23" t="s">
         <v>152</v>
       </c>
       <c r="E17" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F17" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G17" s="46" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H17" s="48" t="s">
-        <v>167</v>
+        <v>206</v>
       </c>
       <c r="I17" s="32" t="s">
         <v>46</v>
       </c>
-      <c r="J17" s="23"/>
+      <c r="J17" s="64"/>
+      <c r="K17" s="66"/>
     </row>
     <row r="18" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="23" t="s">
-        <v>166</v>
+        <v>207</v>
       </c>
       <c r="B18" s="23" t="s">
         <v>106</v>
       </c>
       <c r="C18" s="36" t="s">
         <v>85</v>
       </c>
       <c r="D18" s="33" t="s">
         <v>86</v>
       </c>
       <c r="E18" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F18" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G18" s="48" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="H18" s="48" t="s">
-        <v>236</v>
+        <v>166</v>
       </c>
       <c r="I18" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J18" s="15"/>
     </row>
     <row r="19" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="23" t="s">
         <v>87</v>
       </c>
       <c r="B19" s="23" t="s">
         <v>107</v>
       </c>
       <c r="C19" s="36" t="s">
         <v>88</v>
       </c>
       <c r="D19" s="33" t="s">
         <v>123</v>
       </c>
       <c r="E19" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F19" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G19" s="48" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="H19" s="48" t="s">
-        <v>173</v>
+        <v>210</v>
       </c>
       <c r="I19" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J19" s="15"/>
       <c r="K19" s="15"/>
     </row>
     <row r="20" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="23" t="s">
         <v>89</v>
       </c>
       <c r="B20" s="23" t="s">
         <v>108</v>
       </c>
       <c r="C20" s="36" t="s">
         <v>90</v>
       </c>
       <c r="D20" s="23" t="s">
         <v>91</v>
       </c>
       <c r="E20" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F20" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G20" s="48" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H20" s="48" t="s">
-        <v>237</v>
+        <v>212</v>
       </c>
       <c r="I20" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J20" s="15"/>
       <c r="K20" s="15"/>
     </row>
     <row r="21" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="37" t="s">
         <v>92</v>
       </c>
       <c r="B21" s="37" t="s">
         <v>109</v>
       </c>
       <c r="C21" s="38" t="s">
         <v>93</v>
       </c>
       <c r="D21" s="37" t="s">
         <v>20</v>
       </c>
       <c r="E21" s="37" t="s">
         <v>134</v>
       </c>
       <c r="F21" s="39" t="s">
         <v>94</v>
       </c>
       <c r="G21" s="48" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="H21" s="48" t="s">
-        <v>238</v>
+        <v>214</v>
       </c>
       <c r="I21" s="40" t="s">
         <v>46</v>
       </c>
       <c r="J21" s="15"/>
     </row>
     <row r="22" spans="1:11" s="15" customFormat="1" ht="150" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="23" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="23" t="s">
         <v>110</v>
       </c>
       <c r="C22" s="36" t="s">
         <v>95</v>
       </c>
       <c r="D22" s="37" t="s">
         <v>124</v>
       </c>
       <c r="E22" s="37" t="s">
         <v>134</v>
       </c>
       <c r="F22" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G22" s="48" t="s">
-        <v>206</v>
+        <v>215</v>
       </c>
       <c r="H22" s="48" t="s">
-        <v>239</v>
+        <v>167</v>
       </c>
       <c r="I22" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J22"/>
     </row>
     <row r="23" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="23" t="s">
         <v>153</v>
       </c>
       <c r="B23" s="23" t="s">
         <v>156</v>
       </c>
       <c r="C23" s="36" t="s">
         <v>154</v>
       </c>
       <c r="D23" s="23" t="s">
         <v>155</v>
       </c>
       <c r="E23" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F23" s="23" t="s">
         <v>134</v>
       </c>
       <c r="G23" s="46" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
       <c r="H23" s="48" t="s">
-        <v>240</v>
+        <v>217</v>
       </c>
       <c r="I23" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J23" s="15"/>
       <c r="K23" s="15"/>
     </row>
     <row r="24" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="23" t="s">
         <v>18</v>
       </c>
       <c r="B24" s="23" t="s">
         <v>111</v>
       </c>
       <c r="C24" s="36" t="s">
         <v>114</v>
       </c>
       <c r="D24" s="23" t="s">
         <v>19</v>
       </c>
       <c r="E24" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F24" s="11" t="s">
         <v>96</v>
       </c>
       <c r="G24" s="48" t="s">
-        <v>208</v>
+        <v>218</v>
       </c>
       <c r="H24" s="48" t="s">
-        <v>174</v>
+        <v>219</v>
       </c>
       <c r="I24" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J24" s="15"/>
       <c r="K24" s="15"/>
     </row>
     <row r="25" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="23" t="s">
-        <v>177</v>
+        <v>162</v>
       </c>
       <c r="B25" s="23" t="s">
-        <v>182</v>
+        <v>164</v>
       </c>
       <c r="C25" s="36" t="s">
-        <v>178</v>
+        <v>163</v>
       </c>
       <c r="D25" s="23" t="s">
         <v>56</v>
       </c>
       <c r="E25" s="23" t="s">
         <v>134</v>
       </c>
       <c r="F25" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G25" s="48" t="s">
-        <v>209</v>
+        <v>220</v>
       </c>
       <c r="H25" s="48" t="s">
-        <v>180</v>
+        <v>221</v>
       </c>
       <c r="I25" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J25" s="15"/>
       <c r="K25" s="15"/>
     </row>
     <row r="26" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A26" s="20"/>
       <c r="B26" s="20"/>
       <c r="C26" s="29"/>
       <c r="D26" s="18"/>
       <c r="E26" s="18"/>
       <c r="F26" s="18"/>
       <c r="G26" s="43"/>
       <c r="H26" s="19"/>
       <c r="I26" s="17"/>
       <c r="J26" s="18"/>
     </row>
     <row r="27" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A27" s="28" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="20"/>
       <c r="C27" s="18"/>
@@ -5761,623 +5667,623 @@
       <c r="F27" s="18"/>
       <c r="G27" s="43"/>
       <c r="H27" s="19"/>
       <c r="I27" s="19"/>
     </row>
     <row r="28" spans="1:11" s="35" customFormat="1" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="24" t="s">
         <v>9</v>
       </c>
       <c r="B28" s="24" t="s">
         <v>52</v>
       </c>
       <c r="C28" s="34">
         <v>42450</v>
       </c>
       <c r="D28" s="51" t="s">
         <v>7</v>
       </c>
       <c r="E28" s="51" t="s">
         <v>134</v>
       </c>
       <c r="F28" s="24" t="s">
         <v>4</v>
       </c>
       <c r="G28" s="49" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="H28" s="48" t="s">
-        <v>159</v>
+        <v>226</v>
       </c>
       <c r="I28" s="54" t="s">
         <v>46</v>
       </c>
       <c r="J28" s="31"/>
       <c r="K28" s="31"/>
     </row>
     <row r="29" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="25" t="s">
         <v>10</v>
       </c>
       <c r="B29" s="44" t="s">
         <v>53</v>
       </c>
       <c r="C29" s="26">
         <v>43187</v>
       </c>
       <c r="D29" s="30" t="s">
         <v>5</v>
       </c>
       <c r="E29" s="24" t="s">
         <v>134</v>
       </c>
       <c r="F29" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G29" s="45" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="H29" s="48" t="s">
-        <v>241</v>
+        <v>170</v>
       </c>
       <c r="I29" s="55"/>
       <c r="J29" s="15"/>
       <c r="K29" s="15"/>
     </row>
     <row r="30" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="25" t="s">
         <v>11</v>
       </c>
       <c r="B30" s="44" t="s">
         <v>53</v>
       </c>
       <c r="C30" s="26">
         <v>43286</v>
       </c>
       <c r="D30" s="25" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="24" t="s">
         <v>134</v>
       </c>
       <c r="F30" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G30" s="45" t="s">
-        <v>210</v>
+        <v>222</v>
       </c>
       <c r="H30" s="48" t="s">
-        <v>242</v>
+        <v>171</v>
       </c>
       <c r="I30" s="56"/>
       <c r="J30" s="15"/>
       <c r="K30" s="15"/>
     </row>
     <row r="31" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B31" s="44" t="s">
         <v>51</v>
       </c>
       <c r="C31" s="26">
         <v>42692</v>
       </c>
       <c r="D31" s="30" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="24" t="s">
         <v>134</v>
       </c>
       <c r="F31" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G31" s="45" t="s">
-        <v>211</v>
+        <v>223</v>
       </c>
       <c r="H31" s="48" t="s">
-        <v>243</v>
+        <v>227</v>
       </c>
       <c r="I31" s="59" t="s">
         <v>46</v>
       </c>
       <c r="J31" s="15"/>
       <c r="K31" s="15"/>
     </row>
     <row r="32" spans="1:11" ht="194.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="25" t="s">
         <v>15</v>
       </c>
       <c r="B32" s="44" t="s">
         <v>54</v>
       </c>
       <c r="C32" s="26">
         <v>42818</v>
       </c>
       <c r="D32" s="30" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="24" t="s">
         <v>134</v>
       </c>
       <c r="F32" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G32" s="45" t="s">
-        <v>212</v>
+        <v>224</v>
       </c>
       <c r="H32" s="48" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="I32" s="59"/>
       <c r="J32" s="15"/>
       <c r="K32" s="15"/>
     </row>
     <row r="33" spans="1:11" ht="170.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="25" t="s">
         <v>16</v>
       </c>
       <c r="B33" s="44" t="s">
         <v>54</v>
       </c>
       <c r="C33" s="26">
         <v>42921</v>
       </c>
       <c r="D33" s="30" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="24" t="s">
         <v>134</v>
       </c>
       <c r="F33" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G33" s="45" t="s">
-        <v>213</v>
+        <v>225</v>
       </c>
       <c r="H33" s="48" t="s">
-        <v>244</v>
+        <v>173</v>
       </c>
       <c r="I33" s="59"/>
       <c r="J33" s="15"/>
       <c r="K33" s="15"/>
     </row>
     <row r="34" spans="1:11" ht="200.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="25" t="s">
         <v>17</v>
       </c>
       <c r="B34" s="44" t="s">
         <v>54</v>
       </c>
       <c r="C34" s="26">
         <v>43006</v>
       </c>
       <c r="D34" s="30" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="24" t="s">
         <v>134</v>
       </c>
       <c r="F34" s="25" t="s">
         <v>4</v>
       </c>
       <c r="G34" s="45" t="s">
-        <v>212</v>
+        <v>225</v>
       </c>
       <c r="H34" s="48" t="s">
-        <v>245</v>
+        <v>173</v>
       </c>
       <c r="I34" s="59"/>
       <c r="J34" s="15"/>
       <c r="K34" s="15"/>
     </row>
     <row r="35" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A35" s="20"/>
       <c r="B35" s="20"/>
       <c r="C35" s="27"/>
       <c r="D35" s="18"/>
       <c r="E35" s="18"/>
       <c r="F35" s="18"/>
       <c r="G35" s="14"/>
       <c r="H35" s="21"/>
       <c r="I35" s="17"/>
     </row>
     <row r="36" spans="1:11" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B36" s="5"/>
       <c r="D36" s="5"/>
       <c r="E36" s="5"/>
       <c r="H36" s="22"/>
       <c r="I36" s="22"/>
     </row>
     <row r="37" spans="1:11" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A37" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B37" s="5"/>
     </row>
     <row r="38" spans="1:11" ht="17.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B38" s="5"/>
     </row>
-    <row r="39" spans="1:11" ht="42" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:11" ht="56.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A39" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>117</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>132</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="G39" s="1" t="s">
-        <v>185</v>
+      <c r="G39" s="62" t="s">
+        <v>176</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>42</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>47</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>44</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="40" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:11" ht="150" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A40" s="11" t="s">
         <v>23</v>
       </c>
       <c r="B40" s="11" t="s">
         <v>24</v>
       </c>
       <c r="C40" s="10">
         <v>43544</v>
       </c>
       <c r="D40" s="11" t="s">
         <v>25</v>
       </c>
       <c r="E40" s="11" t="s">
         <v>96</v>
       </c>
-      <c r="F40" s="11" t="s">
+      <c r="F40" s="60" t="s">
         <v>26</v>
       </c>
-      <c r="G40" s="52" t="s">
-[...3 lines deleted...]
-        <v>160</v>
+      <c r="G40" s="63" t="s">
+        <v>230</v>
+      </c>
+      <c r="H40" s="61" t="s">
+        <v>231</v>
       </c>
       <c r="I40" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J40" s="31"/>
       <c r="K40" s="31"/>
     </row>
-    <row r="41" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:11" ht="150" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A41" s="23" t="s">
         <v>113</v>
       </c>
       <c r="B41" s="11" t="s">
         <v>27</v>
       </c>
       <c r="C41" s="10">
         <v>38698</v>
       </c>
       <c r="D41" s="23" t="s">
         <v>142</v>
       </c>
       <c r="E41" s="11" t="s">
         <v>125</v>
       </c>
       <c r="F41" s="11" t="s">
         <v>26</v>
       </c>
-      <c r="G41" s="45" t="s">
-[...3 lines deleted...]
-        <v>246</v>
+      <c r="G41" s="63" t="s">
+        <v>228</v>
+      </c>
+      <c r="H41" s="61" t="s">
+        <v>229</v>
       </c>
       <c r="I41" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J41" s="31"/>
       <c r="K41" s="31"/>
     </row>
     <row r="42" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="23" t="s">
         <v>116</v>
       </c>
       <c r="B42" s="23" t="s">
         <v>28</v>
       </c>
       <c r="C42" s="36">
         <v>43640</v>
       </c>
       <c r="D42" s="23" t="s">
         <v>143</v>
       </c>
       <c r="E42" s="11" t="s">
         <v>126</v>
       </c>
       <c r="F42" s="23" t="s">
         <v>29</v>
       </c>
       <c r="G42" s="45" t="s">
-        <v>216</v>
+        <v>232</v>
       </c>
       <c r="H42" s="23" t="s">
-        <v>161</v>
+        <v>233</v>
       </c>
       <c r="I42" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J42" s="31"/>
       <c r="K42" s="31"/>
     </row>
     <row r="43" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="23" t="s">
         <v>30</v>
       </c>
       <c r="B43" s="23" t="s">
         <v>31</v>
       </c>
       <c r="C43" s="36">
         <v>39195</v>
       </c>
       <c r="D43" s="23" t="s">
         <v>144</v>
       </c>
       <c r="E43" s="11" t="s">
         <v>127</v>
       </c>
       <c r="F43" s="23" t="s">
         <v>26</v>
       </c>
       <c r="G43" s="49" t="s">
-        <v>218</v>
+        <v>236</v>
       </c>
       <c r="H43" s="23" t="s">
-        <v>162</v>
+        <v>237</v>
       </c>
       <c r="I43" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J43" s="31"/>
       <c r="K43" s="31"/>
     </row>
     <row r="44" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="23" t="s">
         <v>32</v>
       </c>
       <c r="B44" s="23" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="41">
         <v>43369</v>
       </c>
       <c r="D44" s="23" t="s">
         <v>145</v>
       </c>
       <c r="E44" s="23" t="s">
         <v>96</v>
       </c>
       <c r="F44" s="23" t="s">
         <v>26</v>
       </c>
       <c r="G44" s="49" t="s">
-        <v>217</v>
+        <v>234</v>
       </c>
       <c r="H44" s="23" t="s">
-        <v>247</v>
+        <v>235</v>
       </c>
       <c r="I44" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J44" s="31"/>
       <c r="K44" s="31"/>
     </row>
     <row r="45" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="23" t="s">
         <v>112</v>
       </c>
       <c r="B45" s="23" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="3">
         <v>37504</v>
       </c>
       <c r="D45" s="23" t="s">
         <v>146</v>
       </c>
       <c r="E45" s="23" t="s">
         <v>128</v>
       </c>
       <c r="F45" s="23" t="s">
         <v>29</v>
       </c>
       <c r="G45" s="45" t="s">
-        <v>220</v>
+        <v>240</v>
       </c>
       <c r="H45" s="23" t="s">
-        <v>163</v>
+        <v>241</v>
       </c>
       <c r="I45" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J45" s="31"/>
       <c r="K45" s="31"/>
     </row>
     <row r="46" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="23" t="s">
         <v>140</v>
       </c>
       <c r="B46" s="23" t="s">
         <v>35</v>
       </c>
       <c r="C46" s="41">
         <v>35782</v>
       </c>
       <c r="D46" s="23" t="s">
         <v>147</v>
       </c>
       <c r="E46" s="23" t="s">
         <v>129</v>
       </c>
       <c r="F46" s="23" t="s">
         <v>36</v>
       </c>
-      <c r="G46" s="45" t="s">
-        <v>221</v>
+      <c r="G46" s="53" t="s">
+        <v>174</v>
       </c>
       <c r="H46" s="23" t="s">
-        <v>176</v>
+        <v>242</v>
       </c>
       <c r="I46" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J46" s="31"/>
       <c r="K46" s="31"/>
     </row>
     <row r="47" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A47" s="23" t="s">
         <v>37</v>
       </c>
       <c r="B47" s="23" t="s">
         <v>38</v>
       </c>
       <c r="C47" s="42">
         <v>39895</v>
       </c>
       <c r="D47" s="23" t="s">
         <v>148</v>
       </c>
       <c r="E47" s="23" t="s">
         <v>130</v>
       </c>
       <c r="F47" s="23" t="s">
         <v>36</v>
       </c>
       <c r="G47" s="49" t="s">
-        <v>222</v>
+        <v>243</v>
       </c>
       <c r="H47" s="23" t="s">
-        <v>164</v>
+        <v>244</v>
       </c>
       <c r="I47" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J47"/>
       <c r="K47" s="31"/>
     </row>
     <row r="48" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="23" t="s">
         <v>141</v>
       </c>
       <c r="B48" s="23" t="s">
         <v>39</v>
       </c>
       <c r="C48" s="3">
         <v>39895</v>
       </c>
       <c r="D48" s="23" t="s">
         <v>149</v>
       </c>
       <c r="E48" s="23" t="s">
         <v>130</v>
       </c>
       <c r="F48" s="23" t="s">
         <v>29</v>
       </c>
       <c r="G48" s="45" t="s">
-        <v>219</v>
+        <v>238</v>
       </c>
       <c r="H48" s="23" t="s">
-        <v>248</v>
+        <v>239</v>
       </c>
       <c r="I48" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J48" s="31"/>
       <c r="K48" s="31"/>
     </row>
     <row r="49" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="23" t="s">
         <v>139</v>
       </c>
       <c r="B49" s="23" t="s">
         <v>40</v>
       </c>
       <c r="C49" s="3">
         <v>40245</v>
       </c>
       <c r="D49" s="23" t="s">
         <v>41</v>
       </c>
       <c r="E49" s="23" t="s">
         <v>131</v>
       </c>
       <c r="F49" s="23" t="s">
         <v>36</v>
       </c>
       <c r="G49" s="45" t="s">
-        <v>171</v>
+        <v>245</v>
       </c>
       <c r="H49" s="23" t="s">
-        <v>181</v>
+        <v>246</v>
       </c>
       <c r="I49" s="32" t="s">
         <v>46</v>
       </c>
       <c r="J49" s="31"/>
       <c r="K49" s="31"/>
     </row>
     <row r="50" spans="1:11" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="12"/>
       <c r="B50" s="13"/>
       <c r="C50" s="14"/>
       <c r="D50" s="14"/>
       <c r="E50" s="14"/>
       <c r="F50" s="14"/>
       <c r="G50" s="14"/>
       <c r="H50" s="14"/>
       <c r="I50" s="14"/>
     </row>
     <row r="51" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="57" t="s">
-        <v>186</v>
+        <v>177</v>
       </c>
       <c r="B51" s="58"/>
       <c r="C51" s="58"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
     </row>
     <row r="52" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A52" s="58"/>
       <c r="B52" s="58"/>
       <c r="C52" s="58"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
     </row>
     <row r="53" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A53" s="58"/>
       <c r="B53" s="58"/>
       <c r="C53" s="58"/>
       <c r="D53" s="12"/>
       <c r="E53" s="12"/>
     </row>
     <row r="54" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A54" s="58"/>
       <c r="B54" s="58"/>
       <c r="C54" s="58"/>
       <c r="D54" s="12"/>