--- v3 (2026-01-30)
+++ v4 (2026-03-31)
@@ -1,86 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vivek\OneDrive - Sundaram Asset Management Company Limited\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://sundaramamc-my.sharepoint.com/personal/vivek_sundarammutual_com/Documents/Desktop/March 0209/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{98D2A574-8298-40E4-9DE9-57D7F79DA77D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="262" documentId="8_{AF6D2382-C64E-442D-BDD3-122D71D7AB7E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{87664839-5F94-4F76-A11B-8BA4A1263585}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{E804CC67-AE8C-4220-BF5D-835638619ACB}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$2:$K$50</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="247">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="373" uniqueCount="254">
   <si>
     <t>Scheme Name</t>
   </si>
   <si>
     <t>Investment Objective</t>
   </si>
   <si>
     <t>Inception Date</t>
   </si>
   <si>
     <t xml:space="preserve">Additional Benchmark </t>
   </si>
   <si>
     <t>Nifty 50</t>
   </si>
   <si>
     <t xml:space="preserve">S&amp;P BSE 500 </t>
   </si>
   <si>
     <t>Sundaram Infrastructure Advantage Fund</t>
   </si>
   <si>
     <t>S&amp;P BSE 500</t>
   </si>
   <si>
@@ -539,306 +539,328 @@
   </si>
   <si>
     <t>Jun'2024</t>
   </si>
   <si>
     <t>NIFTY 500 TRI (65%) + NIFTY Short Duration
 Debt Index (10%) + Domestic Prices of Gold
 (25%)</t>
   </si>
   <si>
     <t>An Open Ended Scheme investing in Equity, Debt &amp; Money Market Instruments and Gold ETFs</t>
   </si>
   <si>
     <t>An open ended equity scheme following business cycles based investing theme</t>
   </si>
   <si>
     <t>Sundaram Multi Factor Fund</t>
   </si>
   <si>
     <t>To provide long-term capital growth by following a multi-factor-based investment strategy</t>
   </si>
   <si>
     <t>BSE 200 TRI</t>
   </si>
   <si>
-    <t>The Fund has not Completed One Year and  hence  no Performance disclosure</t>
-[...1 lines deleted...]
-  <si>
     <t>Sundaram Value Fund</t>
   </si>
   <si>
     <t>Nov'1999</t>
   </si>
   <si>
     <t>An open-ended equity scheme that follows value investment strategy</t>
   </si>
   <si>
     <t>Regular: 2.08 and Direct: 0.76</t>
   </si>
   <si>
-    <t>Regular: 2.38 and Direct: 1.49</t>
-[...8 lines deleted...]
-    <t>34 Cr</t>
+    <t>Regular: 1.40 and Direct:1.18</t>
+  </si>
+  <si>
+    <t>Sundaram Global Brand Theme - Equity Active FoF</t>
+  </si>
+  <si>
+    <t>Regular: 1.08 and Direct: 0.52</t>
+  </si>
+  <si>
+    <t>Regular: 0.17 and Direct: 0.07</t>
+  </si>
+  <si>
+    <t>Regular: 0.44 and Direct: 0.27</t>
+  </si>
+  <si>
+    <t>Regular: 2.06 and Direct: 1.09</t>
+  </si>
+  <si>
+    <t>Regular: 0.64 and Direct: 0.33</t>
+  </si>
+  <si>
+    <t>20 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 1.14 and Direct: 0.83</t>
+  </si>
+  <si>
+    <t>Regular: 1.92 and Direct: 0.66</t>
+  </si>
+  <si>
+    <t>Regular: 1.94 and Direct: 0.83</t>
+  </si>
+  <si>
+    <t>Regular: 1.80 and Direct: 0.67</t>
+  </si>
+  <si>
+    <t>Regular: 1.99 and Direct: 0.89</t>
+  </si>
+  <si>
+    <t>Regular: 2.26 and Direct: 1.22</t>
+  </si>
+  <si>
+    <t>Regular: 2.19 and Direct: 1.53</t>
+  </si>
+  <si>
+    <t>Regular: 2.18 and Direct: 1.21</t>
+  </si>
+  <si>
+    <t>Regular: 2.06 and Direct: 0.60</t>
+  </si>
+  <si>
+    <t>Regular: 1.00 and Direct: 0.28</t>
+  </si>
+  <si>
+    <t>Sundaram Income Plus Arbitrage Fund</t>
+  </si>
+  <si>
+    <t>An open-ended fund of funds investing in units of debt oriented mutual fund schemes and arbitrage mutual fund schemes</t>
+  </si>
+  <si>
+    <t>Jan'2026</t>
+  </si>
+  <si>
+    <t>60% Nifty Short Duration Debt Index
+A-II + 40% Nifty 50 Arbitrage TRI</t>
+  </si>
+  <si>
+    <t>13 Cr</t>
+  </si>
+  <si>
+    <t>32 Cr</t>
+  </si>
+  <si>
+    <t>29 Cr</t>
+  </si>
+  <si>
+    <t>Regular: 1.42 and Direct: 1.18</t>
+  </si>
+  <si>
+    <t>Regular: 0.35 and Direct: 0.14</t>
+  </si>
+  <si>
+    <t>35 Cr.</t>
+  </si>
+  <si>
+    <t>SUNDARAM ASSET MANAGEMENT COMPANY  DASHBOARD  - FEBRUARY 2026</t>
+  </si>
+  <si>
+    <t>Closing AUM as on February 28,2026             (in Crs)</t>
+  </si>
+  <si>
+    <t>Past performance may or may not be sustained in future. Return/investment value are as of  February 28,2026 . Returns are on a compounded annual basis for period more than one year and absolute for one-year period and computed using NAV of Regular Plan-Growth Option. Value of 10,000 invested at inception is as on February 28,2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3,245 Cr.</t>
+  </si>
+  <si>
+    <t>13,235 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 1.73 and Direct: 0.86</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3,306 Cr.</t>
+  </si>
+  <si>
+    <t>6,868 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2,827 Cr.</t>
+  </si>
+  <si>
+    <t>2,059 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 2.04 and Direct: 0.70</t>
+  </si>
+  <si>
+    <t>1,056 Cr.</t>
+  </si>
+  <si>
+    <t>1,349 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 894 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 2.30 and Direct: 1.09</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1,014 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 2.11 and Direct: 0.55</t>
+  </si>
+  <si>
+    <t>1,458 Cr.</t>
+  </si>
+  <si>
+    <t>4,614 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 1.87 and Direct: 0.68</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 964 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 2.35 and Direct: 1.59</t>
+  </si>
+  <si>
+    <t>1,684 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1,618 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 2.08 and Direct: 0.66</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 2.38 and Direct: 1.49</t>
+  </si>
+  <si>
+    <t>135 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 8,142 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 1.78 and Direct: 0.75</t>
+  </si>
+  <si>
+    <t>1,182 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 2.16 and Direct: 0.74</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1,695 Cr.</t>
+  </si>
+  <si>
+    <t>3,344 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 1.81 and Direct: 0.41</t>
+  </si>
+  <si>
+    <t>335 Cr.</t>
+  </si>
+  <si>
+    <t>76 Cr.</t>
+  </si>
+  <si>
+    <t>Regular : 0.72 ; Direct : 0.42</t>
+  </si>
+  <si>
+    <t>Performance Not Availble as the Fund has not completed One year please</t>
+  </si>
+  <si>
+    <t>1,392 Cr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Regular: 2.26 and Direct: 1.67</t>
+  </si>
+  <si>
+    <t>22 Cr</t>
+  </si>
+  <si>
+    <t>Regular: 1.38 and Direct: 1.17</t>
   </si>
   <si>
     <t>Regular: 1.41 and Direct: 1.18</t>
   </si>
   <si>
-    <t>Regular: 1.40 and Direct:1.18</t>
+    <t>70 Cr</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34 Cr </t>
+  </si>
+  <si>
+    <t>Regular:1.43 and Direct: 1.25</t>
   </si>
   <si>
     <t>Regular: 1.44 and Direct: 1.33</t>
   </si>
   <si>
     <t>Regular: 1.41 and Direct: 1.19</t>
   </si>
   <si>
-    <t>36 Cr.</t>
-[...185 lines deleted...]
-    <t xml:space="preserve"> 472 Cr.</t>
+    <t xml:space="preserve"> 6,221 Cr.</t>
+  </si>
+  <si>
+    <t>1,117 Cr.</t>
+  </si>
+  <si>
+    <t>1,907 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 1.43 and Direct: 0.24</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2,334 Cr.</t>
+  </si>
+  <si>
+    <t>Regular: 0.32 and Direct: 0.18</t>
+  </si>
+  <si>
+    <t>470 Cr.</t>
   </si>
   <si>
     <t xml:space="preserve"> Regular: 1.21 and Direct: 0.40</t>
   </si>
   <si>
-    <t xml:space="preserve"> 377 Cr.</t>
-[...5 lines deleted...]
-    <t xml:space="preserve"> 190 Cr.</t>
+    <t>281 Cr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 201 Cr.</t>
   </si>
   <si>
     <t xml:space="preserve"> Regular: 0.72 and Direct: 0.31</t>
   </si>
   <si>
-    <t>Regular: 2.06 and Direct: 1.09</t>
-[...11 lines deleted...]
-    <t>Regular: 1.14 and Direct: 0.83</t>
+    <t>627 Cr.</t>
+  </si>
+  <si>
+    <t>157 Cr</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="[$-409]dd\-mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="[$-409]d/mmm/yy;@"/>
     <numFmt numFmtId="166" formatCode="[$-1014009]#,##0;\(#,##0\)"/>
     <numFmt numFmtId="167" formatCode="[$-409]mmm/yy;@"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
@@ -1054,53 +1076,50 @@
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1167,114 +1186,117 @@
     </xf>
     <xf numFmtId="1" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="5" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="4" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="3" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="2" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{C3821F21-7EBA-4E66-8F92-34AE5EA59B4F}"/>
     <cellStyle name="Normal_Sheet1" xfId="1" xr:uid="{2186CCD4-35C6-4EBC-8C1D-5135BC10EC94}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image75.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image77.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image75.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image78.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image76.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>5238750</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="160" name="Picture 159">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7EECA035-6FC7-4A1D-9045-C260706BE6EA}"/>
             </a:ext>
           </a:extLst>
@@ -1282,3295 +1304,3427 @@
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="10108406" y="24133969"/>
           <a:ext cx="5238750" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>44451</xdr:colOff>
+      <xdr:colOff>12701</xdr:colOff>
       <xdr:row>3</xdr:row>
-      <xdr:rowOff>69850</xdr:rowOff>
+      <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>7194551</xdr:colOff>
       <xdr:row>3</xdr:row>
-      <xdr:rowOff>1771737</xdr:rowOff>
-[...6 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{548A95CB-AA26-495A-41F3-6F8D6F3BA90E}"/>
+      <xdr:rowOff>1778087</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="Picture 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{998A48D0-BDDD-94C7-2395-AC4BC5F68380}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="14065251" y="2863850"/>
-[...27 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81B8A31F-1599-F3F5-C379-AD726B1E0F85}"/>
+          <a:off x="14033501" y="2870200"/>
+          <a:ext cx="7181850" cy="1701887"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>44450</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>146050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7188200</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>1841587</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Picture 16">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0619B5F6-EBD0-BA02-7342-7F9C265CD0A5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="14071600" y="977900"/>
-[...56 lines deleted...]
-      <xdr:colOff>57151</xdr:colOff>
+          <a:off x="14065250" y="4845050"/>
+          <a:ext cx="7143750" cy="1695537"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>44450</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
+      <xdr:colOff>7143750</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>1816187</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="Picture 33">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DFEACAC-E76D-4E06-1AE1-AB4075DA492E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14065250" y="6718300"/>
+          <a:ext cx="7099300" cy="1701887"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>31751</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>69850</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
       <xdr:colOff>7169151</xdr:colOff>
-      <xdr:row>5</xdr:row>
-[...7 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B503E80C-1661-2761-501C-7693B0F5BB1B}"/>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>1752686</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="Picture 44">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{607890A9-3F75-C2F2-483A-AEC6A70A9B9B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="14077951" y="6718300"/>
-[...27 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FBEE15DD-D81C-80BA-FBAA-9B6B06369498}"/>
+          <a:off x="14052551" y="8578850"/>
+          <a:ext cx="7137400" cy="1682836"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>44450</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7137400</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>1778088</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="Picture 45">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F56C23BA-DBD6-C09E-55F0-2A846E3C4BBD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="14071601" y="8616950"/>
-[...44 lines deleted...]
-          <a:ext cx="7118350" cy="1644735"/>
+          <a:off x="14065250" y="10471150"/>
+          <a:ext cx="7092950" cy="1720938"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>50801</xdr:colOff>
       <xdr:row>8</xdr:row>
-      <xdr:rowOff>273050</xdr:rowOff>
+      <xdr:rowOff>196850</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7156451</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>1587571</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="Picture 46">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9E819DD-ED12-2977-3BD0-01AD41189C7D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14071601" y="12515850"/>
+          <a:ext cx="7105650" cy="1390721"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>31751</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>76200</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7150101</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>1739986</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="Picture 47">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A978E6FE-9A6C-2B30-46CF-B4598CC70925}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14052551" y="14300200"/>
+          <a:ext cx="7118350" cy="1663786"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>31750</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>44450</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7137400</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1727286</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="Picture 48">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81789CA2-6E49-5444-2121-653435205094}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14052550" y="933450"/>
+          <a:ext cx="7105650" cy="1682836"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>63500</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>76200</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7162800</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>1790788</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="Picture 49">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94916673-3123-3677-216D-D99AB754C3C6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14084300" y="16205200"/>
+          <a:ext cx="7099300" cy="1714588"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>19051</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7112001</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>1416118</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="Picture 50">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{695E541E-EEDA-8890-48CE-BFE1EA83A4A9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14039851" y="18129250"/>
+          <a:ext cx="7092950" cy="1320868"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>50800</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>88900</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7143750</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>1746335</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="Picture 51">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52E93CDD-5816-BF1E-1FF9-CA1E4435F459}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14071600" y="20027900"/>
+          <a:ext cx="7092950" cy="1657435"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7143750</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>1600277</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="Picture 52">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB38D733-BE3D-189A-1BE5-5052055F742C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14077950" y="21939250"/>
+          <a:ext cx="7086600" cy="1505027"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>38101</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7156451</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>1759036</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="Picture 53">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FDC03ACB-A551-50D5-80A8-0F8983996F33}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14058901" y="23844250"/>
+          <a:ext cx="7118350" cy="1663786"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>69850</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7143750</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>1759036</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="Picture 54">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14C39E68-6E61-02EC-D55D-5038A88CF681}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14090650" y="25749250"/>
+          <a:ext cx="7073900" cy="1663786"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>50801</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>215900</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7169151</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>1422462</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="Picture 55">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF55ADFF-AF12-E757-C4A4-845F1FC53696}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14071601" y="27774900"/>
+          <a:ext cx="7118350" cy="1206562"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>50800</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>63500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7131050</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>1765387</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="Picture 56">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31B535E1-7E7B-0ECB-3135-E39B4F7AD89A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14071600" y="31432500"/>
+          <a:ext cx="7080250" cy="1701887"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>44450</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>44450</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7156450</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>1835242</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="Picture 57">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0139B4BD-BC17-3D41-B79E-1AE3EEE92959}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14065250" y="33318450"/>
+          <a:ext cx="7112000" cy="1790792"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>57151</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>50800</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>7175501</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>1828891</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="Picture 58">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C2B4ED1-0A35-5E53-D4EF-0B126818C43C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14077951" y="35229800"/>
+          <a:ext cx="7118350" cy="1778091"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>57151</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>76200</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7080251</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>1816189</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="Picture 59">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FDB001AA-BA87-45AF-9E97-31D6484A5282}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14077951" y="37160200"/>
+          <a:ext cx="7023100" cy="1739989"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>57151</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>177800</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7156451</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>1365311</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="Picture 60">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{514193D9-3249-AE09-2CB0-547E086CD41C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14077951" y="39166800"/>
+          <a:ext cx="7099300" cy="1187511"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>31751</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>107950</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7181851</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>1676481</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="Picture 61">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D47A0804-5679-1D99-CAE2-92CEA0F748EE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14052551" y="41001950"/>
+          <a:ext cx="7150100" cy="1568531"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>50800</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7162800</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>1720936</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="Picture 62">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA8886AE-698D-D330-E7FF-CAF2C052ACE9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14071600" y="42837100"/>
+          <a:ext cx="7112000" cy="1682836"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>44450</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>44451</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7194550</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>1835151</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="Picture 63">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B55E7293-65DD-9C42-F5B8-893493695D83}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14065250" y="63360301"/>
+          <a:ext cx="7150100" cy="1790700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>44451</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>25400</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7194551</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>1797050</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="Picture 64">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34E8AE72-D169-ECA9-1CDA-093F1E2672FF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14065251" y="61436250"/>
+          <a:ext cx="7150100" cy="1771650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>25400</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>31751</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7156450</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>1803401</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="Picture 65">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4191BB95-068D-9A5E-A1FB-B98F59D55593}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14046200" y="65252601"/>
+          <a:ext cx="7131050" cy="1771650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>25400</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>88901</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7156450</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>1811543</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="Picture 66">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DA35986-5A10-D782-71ED-B30FD9CF9669}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14046200" y="69119751"/>
+          <a:ext cx="7131050" cy="1722642"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>69851</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7128609</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>1765301</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="Picture 67">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9D876B6-613B-B259-BFD7-1BA8D6C7167F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14058900" y="67195701"/>
+          <a:ext cx="7090509" cy="1695450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7181850</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>1544775</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="Picture 68">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E24EC91-7292-62B5-AF77-1AC8D2D9B685}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14077950" y="76688950"/>
+          <a:ext cx="7124700" cy="1506675"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>44450</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7175438</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>1587500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="Picture 69">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E82C5C3-74A6-6A1C-B20C-BE16DD1C5274}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14039850" y="70980300"/>
+          <a:ext cx="7156388" cy="1543050"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>50800</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>76200</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7182555</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>1587500</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="Picture 70">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD30B843-15B6-3BE0-5610-24862BBB26F3}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14071600" y="72917050"/>
+          <a:ext cx="7131755" cy="1511300"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>31751</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>31750</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7137401</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>1581805</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="Picture 71">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46C09635-573E-C058-9EC8-F362DDF03F10}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14052551" y="74777600"/>
+          <a:ext cx="7105650" cy="1550055"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7150100</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>1558148</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="Picture 72">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E7A8063-A90E-B8E5-7616-9D76C0637B1D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14077950" y="78613000"/>
+          <a:ext cx="7092950" cy="1500998"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>44451</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>69850</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7156451</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>1847941</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="Picture 73">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FA14B18-A7C8-9AC3-2DF8-E2AEBF60402A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14065251" y="45129450"/>
+          <a:ext cx="7112000" cy="1778091"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>31751</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>44450</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7137401</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>1841592</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="Picture 74">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B916B08D-CAEA-2D6C-185D-3E99901D3C53}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14052551" y="47009050"/>
+          <a:ext cx="7105650" cy="1797142"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>44450</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7181850</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>1835243</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="Picture 75">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{834D5046-012D-455A-15A7-DCE151891364}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14065250" y="48888650"/>
+          <a:ext cx="7137400" cy="1816193"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>44451</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>31750</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7162801</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>1828892</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="Picture 76">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70650575-3EE8-61E5-023D-CCF5AE1172E1}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14065251" y="50806350"/>
+          <a:ext cx="7118350" cy="1797142"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>57151</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>120650</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7137401</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>1917792</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="78" name="Picture 77">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8227BA9-A58D-2346-4A97-ADC65A67BA7C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14077951" y="52800250"/>
+          <a:ext cx="7080250" cy="1797142"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>6350</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7169150</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>1930492</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="Picture 78">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6193F361-D441-D72B-A40D-2AE73176E192}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14027150" y="55276750"/>
+          <a:ext cx="7162800" cy="1797142"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>31750</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7156450</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>1892392</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="Picture 79">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F504A059-EA0A-E022-BADE-1454DCB0505B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14052550" y="57397650"/>
+          <a:ext cx="7124700" cy="1797142"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>44451</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>7207251</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>1835243</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="Picture 80">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6856C41C-C768-3673-E4C6-231A70F54183}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="14065251" y="29483050"/>
+          <a:ext cx="7162800" cy="1816193"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>82550</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>114300</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>7004406</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>1587576</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="Picture 81">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89B9447C-E589-2562-FA4D-597FDFB433AF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21329650" y="2908300"/>
+          <a:ext cx="6921856" cy="1473276"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>50800</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>88900</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>6350</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>1574876</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="Picture 82">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68FECD89-9016-4E8D-A937-C59E6432787D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21297900" y="4787900"/>
+          <a:ext cx="8972550" cy="1485976"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>25401</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>107950</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>8928101</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>1632028</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="Picture 83">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4AE9D192-1937-D417-FD17-336F525E27B4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21272501" y="6711950"/>
+          <a:ext cx="8902700" cy="1524078"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>12700</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>120650</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6966307</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>1555824</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="Picture 84">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B0469F4-FBC7-3C73-C4E9-C09C6EFBF711}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21259800" y="8629650"/>
+          <a:ext cx="6953607" cy="1435174"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>50800</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>120650</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6972656</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>1574875</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="Picture 85">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8BD053BE-F395-DE4B-A4CD-387D73E69332}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21297900" y="10534650"/>
+          <a:ext cx="6921856" cy="1454225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6350</xdr:colOff>
       <xdr:row>8</xdr:row>
-      <xdr:rowOff>1574867</xdr:rowOff>
-[...35 lines deleted...]
-      <xdr:colOff>6350</xdr:colOff>
+      <xdr:rowOff>114300</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6985359</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>1606627</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="Picture 86">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FEDF713-F77D-43A7-9A3E-C1837840182D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21253450" y="12433300"/>
+          <a:ext cx="6979009" cy="1492327"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>12700</xdr:colOff>
       <xdr:row>9</xdr:row>
-      <xdr:rowOff>95250</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>7181850</xdr:colOff>
+      <xdr:rowOff>127000</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>8985250</xdr:colOff>
       <xdr:row>9</xdr:row>
-      <xdr:rowOff>1733634</xdr:rowOff>
-[...35 lines deleted...]
-      <xdr:colOff>31750</xdr:colOff>
+      <xdr:rowOff>1638378</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="Picture 87">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3F5CCD2-8755-5B3D-0F80-1D9082E38C21}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21259800" y="14351000"/>
+          <a:ext cx="8972550" cy="1511378"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>171450</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6998058</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1663777</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="Picture 88">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A74CF595-D76D-646D-977D-531D784BB7F8}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21285200" y="1060450"/>
+          <a:ext cx="6959958" cy="1492327"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
       <xdr:row>10</xdr:row>
-      <xdr:rowOff>107950</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>7175500</xdr:colOff>
+      <xdr:rowOff>139700</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>8953500</xdr:colOff>
       <xdr:row>10</xdr:row>
-      <xdr:rowOff>1746334</xdr:rowOff>
-[...34 lines deleted...]
-      <xdr:col>9</xdr:col>
+      <xdr:rowOff>1651078</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="Picture 89">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{494F909F-79D0-6B04-DFD1-9915E32D048E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21266150" y="16268700"/>
+          <a:ext cx="8934450" cy="1511378"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>114300</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6991707</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>1568525</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="Picture 90">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B425FC0-B003-3038-3EEE-866A74F2C458}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21285200" y="18148300"/>
+          <a:ext cx="6953607" cy="1454225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
       <xdr:row>12</xdr:row>
-      <xdr:rowOff>120650</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>7131050</xdr:colOff>
+      <xdr:rowOff>139700</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6902804</xdr:colOff>
       <xdr:row>12</xdr:row>
-      <xdr:rowOff>1803486</xdr:rowOff>
-[...35 lines deleted...]
-      <xdr:colOff>25401</xdr:colOff>
+      <xdr:rowOff>1632027</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="Picture 91">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DDD76AA-9D88-CE33-701F-4E93EE77BC58}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21266150" y="20078700"/>
+          <a:ext cx="6883754" cy="1492327"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>44451</xdr:colOff>
       <xdr:row>13</xdr:row>
-      <xdr:rowOff>184150</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>7162801</xdr:colOff>
+      <xdr:rowOff>114300</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>8940801</xdr:colOff>
       <xdr:row>13</xdr:row>
-      <xdr:rowOff>1670126</xdr:rowOff>
-[...35 lines deleted...]
-      <xdr:colOff>19050</xdr:colOff>
+      <xdr:rowOff>1625678</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="Picture 92">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA21F2C2-E62E-99AC-E5D6-260D924092AB}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21291551" y="21958300"/>
+          <a:ext cx="8896350" cy="1511378"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>44450</xdr:colOff>
       <xdr:row>14</xdr:row>
-      <xdr:rowOff>158750</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>7169150</xdr:colOff>
+      <xdr:rowOff>203200</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>7023459</xdr:colOff>
       <xdr:row>14</xdr:row>
-      <xdr:rowOff>1803485</xdr:rowOff>
-[...34 lines deleted...]
-      <xdr:col>9</xdr:col>
+      <xdr:rowOff>1695527</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="Picture 93">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78FCDB5F-0802-6503-64E9-69D272308C1A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21291550" y="23952200"/>
+          <a:ext cx="6979009" cy="1492327"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>44450</xdr:colOff>
       <xdr:row>15</xdr:row>
-      <xdr:rowOff>101600</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>7162800</xdr:colOff>
+      <xdr:rowOff>127000</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>7004408</xdr:colOff>
       <xdr:row>15</xdr:row>
-      <xdr:rowOff>1727284</xdr:rowOff>
-[...35 lines deleted...]
-      <xdr:colOff>50801</xdr:colOff>
+      <xdr:rowOff>1638378</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="Picture 94">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D232991-F1CD-262C-5D97-2F2C89D58E6E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21291550" y="25781000"/>
+          <a:ext cx="6959958" cy="1511378"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>44450</xdr:colOff>
       <xdr:row>16</xdr:row>
-      <xdr:rowOff>368300</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>7156451</xdr:colOff>
+      <xdr:rowOff>146050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6985357</xdr:colOff>
       <xdr:row>16</xdr:row>
-      <xdr:rowOff>1530410</xdr:rowOff>
-[...34 lines deleted...]
-      <xdr:col>9</xdr:col>
+      <xdr:rowOff>1638377</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="Picture 95">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5476C840-1EBE-20F2-3571-0E8F17547308}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21291550" y="27705050"/>
+          <a:ext cx="6940907" cy="1492327"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>50800</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>152400</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6991707</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>1644727</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="Picture 96">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{693039D2-9C39-9A83-161F-5625C6F5D706}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21297900" y="29616400"/>
+          <a:ext cx="6940907" cy="1492327"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
-      <xdr:row>17</xdr:row>
-[...42 lines deleted...]
-      <xdr:colOff>69851</xdr:colOff>
       <xdr:row>18</xdr:row>
-      <xdr:rowOff>63500</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>7137401</xdr:colOff>
+      <xdr:rowOff>158750</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6991707</xdr:colOff>
       <xdr:row>18</xdr:row>
-      <xdr:rowOff>1689184</xdr:rowOff>
-[...35 lines deleted...]
-      <xdr:colOff>63500</xdr:colOff>
+      <xdr:rowOff>1632026</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="Picture 97">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FAAD715-6733-1576-6003-1D08B1381D98}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21285200" y="31527750"/>
+          <a:ext cx="6953607" cy="1473276"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>31750</xdr:colOff>
       <xdr:row>19</xdr:row>
-      <xdr:rowOff>88900</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>7181850</xdr:colOff>
+      <xdr:rowOff>215900</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>7004408</xdr:colOff>
       <xdr:row>19</xdr:row>
-      <xdr:rowOff>1746335</xdr:rowOff>
-[...35 lines deleted...]
-      <xdr:colOff>31750</xdr:colOff>
+      <xdr:rowOff>1663774</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="Picture 98">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6DBF863-075C-FA0A-B2EF-7AF3A9729062}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21278850" y="33489900"/>
+          <a:ext cx="6972658" cy="1447874"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>25400</xdr:colOff>
       <xdr:row>20</xdr:row>
-      <xdr:rowOff>139700</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>7175500</xdr:colOff>
+      <xdr:rowOff>209550</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>7017109</xdr:colOff>
       <xdr:row>20</xdr:row>
-      <xdr:rowOff>1803486</xdr:rowOff>
-[...35 lines deleted...]
-      <xdr:colOff>25401</xdr:colOff>
+      <xdr:rowOff>1663775</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="Picture 99">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF5A4302-673F-41E3-F215-43493EF16038}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21272500" y="35388550"/>
+          <a:ext cx="6991709" cy="1454225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6350</xdr:colOff>
       <xdr:row>21</xdr:row>
-      <xdr:rowOff>57150</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>7137401</xdr:colOff>
+      <xdr:rowOff>146050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6985359</xdr:colOff>
       <xdr:row>21</xdr:row>
-      <xdr:rowOff>1778088</xdr:rowOff>
-[...34 lines deleted...]
-      <xdr:col>9</xdr:col>
+      <xdr:rowOff>1632026</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="Picture 100">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CC3BE3C-2B83-7A24-C9C6-5D668963546D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21253450" y="37230050"/>
+          <a:ext cx="6979009" cy="1485976"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>25400</xdr:colOff>
       <xdr:row>22</xdr:row>
-      <xdr:rowOff>196850</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>7169150</xdr:colOff>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>7017109</xdr:colOff>
       <xdr:row>22</xdr:row>
-      <xdr:rowOff>1378011</xdr:rowOff>
-[...34 lines deleted...]
-      <xdr:col>9</xdr:col>
+      <xdr:rowOff>1886044</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="Picture 101">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32A4B0E2-C534-B940-D96E-19AA1CA8FDF0}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21272500" y="39046150"/>
+          <a:ext cx="6991709" cy="1828894"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>101600</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6998059</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>1574876</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="Picture 102">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF1C884D-EB90-391D-30F6-9E418251868E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21266150" y="40995600"/>
+          <a:ext cx="6979009" cy="1473276"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6979008</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>1644733</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="Picture 103">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B31F7CCF-11C1-FC4D-F363-7E5738DFA77A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21266150" y="80498950"/>
+          <a:ext cx="6959958" cy="1606633"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>44450</xdr:colOff>
-      <xdr:row>23</xdr:row>
-[...42 lines deleted...]
-      <xdr:colOff>63501</xdr:colOff>
       <xdr:row>24</xdr:row>
-      <xdr:rowOff>101600</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>7156451</xdr:colOff>
+      <xdr:rowOff>152400</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6998057</xdr:colOff>
       <xdr:row>24</xdr:row>
-      <xdr:rowOff>1746335</xdr:rowOff>
-[...35 lines deleted...]
-      <xdr:colOff>38100</xdr:colOff>
+      <xdr:rowOff>1625676</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="Picture 104">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CC264D7-6D84-F668-2F5E-C4123FF5635A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21291550" y="42951400"/>
+          <a:ext cx="6953607" cy="1473276"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>63500</xdr:colOff>
       <xdr:row>27</xdr:row>
-      <xdr:rowOff>171450</xdr:rowOff>
-[...41 lines deleted...]
-      <xdr:colOff>69851</xdr:colOff>
+      <xdr:rowOff>444500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6966305</xdr:colOff>
       <xdr:row>29</xdr:row>
-      <xdr:rowOff>50800</xdr:rowOff>
-[...41 lines deleted...]
-      <xdr:colOff>57150</xdr:colOff>
+      <xdr:rowOff>1676400</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="Picture 105">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8DD39C5-13AA-32EB-E447-9C3E3F226A2F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21310600" y="45504100"/>
+          <a:ext cx="6902805" cy="5041900"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>31750</xdr:colOff>
       <xdr:row>30</xdr:row>
-      <xdr:rowOff>152400</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>7016750</xdr:colOff>
+      <xdr:rowOff>120650</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>7029810</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>1606626</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="Picture 106">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{460DB9F4-4088-F955-F1E7-588FD608F75F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21278850" y="50895250"/>
+          <a:ext cx="6998060" cy="1485976"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
       <xdr:row>31</xdr:row>
-      <xdr:rowOff>1701978</xdr:rowOff>
-[...41 lines deleted...]
-      <xdr:colOff>7099300</xdr:colOff>
+      <xdr:rowOff>869950</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>7036156</xdr:colOff>
       <xdr:row>33</xdr:row>
-      <xdr:rowOff>1727380</xdr:rowOff>
-[...35 lines deleted...]
-      <xdr:colOff>38100</xdr:colOff>
+      <xdr:rowOff>1765300</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="108" name="Picture 107">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{790E1D2C-5DEC-B83C-578D-42F9AED60FB5}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21361400" y="53549550"/>
+          <a:ext cx="6921856" cy="5518150"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>82550</xdr:colOff>
       <xdr:row>40</xdr:row>
-      <xdr:rowOff>19051</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>7181850</xdr:colOff>
+      <xdr:rowOff>241300</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>7004406</xdr:colOff>
       <xdr:row>40</xdr:row>
-      <xdr:rowOff>1828800</xdr:rowOff>
-[...35 lines deleted...]
-      <xdr:colOff>76200</xdr:colOff>
+      <xdr:rowOff>1708225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="Picture 108">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E979481F-B180-D202-6D52-00F120E1EF34}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21329650" y="63557150"/>
+          <a:ext cx="6921856" cy="1466925"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>50800</xdr:colOff>
       <xdr:row>39</xdr:row>
-      <xdr:rowOff>63500</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>7175500</xdr:colOff>
+      <xdr:rowOff>254000</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>7010758</xdr:colOff>
       <xdr:row>39</xdr:row>
-      <xdr:rowOff>1778000</xdr:rowOff>
-[...219 lines deleted...]
-      <xdr:rowOff>1784351</xdr:rowOff>
+      <xdr:rowOff>1708225</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="110" name="Picture 109">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4B9A333-E538-8255-9AB6-F3D50855B293}"/>
-[...1468 lines deleted...]
-          <a:ext cx="6744047" cy="1397072"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08D608E6-0C54-A7DC-656D-16DBAA2F2A75}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21297900" y="61664850"/>
+          <a:ext cx="6959958" cy="1454225"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>25400</xdr:colOff>
       <xdr:row>41</xdr:row>
-      <xdr:rowOff>101600</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>6756746</xdr:colOff>
+      <xdr:rowOff>228600</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6979007</xdr:colOff>
       <xdr:row>41</xdr:row>
-      <xdr:rowOff>1498672</xdr:rowOff>
-[...35 lines deleted...]
-      <xdr:colOff>44450</xdr:colOff>
+      <xdr:rowOff>1682825</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="111" name="Picture 110">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{520017B0-C25C-391F-164F-D764EA592D85}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21272500" y="65449450"/>
+          <a:ext cx="6953607" cy="1454225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
       <xdr:row>43</xdr:row>
-      <xdr:rowOff>127000</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>6775796</xdr:colOff>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6998058</xdr:colOff>
       <xdr:row>43</xdr:row>
-      <xdr:rowOff>1524072</xdr:rowOff>
-[...35 lines deleted...]
-      <xdr:colOff>50800</xdr:colOff>
+      <xdr:rowOff>1530422</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="Picture 111">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A89E6F06-10BF-E175-C019-5108B45213DC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21285200" y="69164200"/>
+          <a:ext cx="6959958" cy="1397072"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
       <xdr:row>42</xdr:row>
-      <xdr:rowOff>190500</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>6775796</xdr:colOff>
+      <xdr:rowOff>171450</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6979006</xdr:colOff>
       <xdr:row>42</xdr:row>
-      <xdr:rowOff>1600272</xdr:rowOff>
-[...23 lines deleted...]
-          <a:ext cx="6724996" cy="1409772"/>
+      <xdr:rowOff>1682828</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="Picture 112">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{440E8EFA-3137-CC92-46A9-BAAB61C3FBBF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21304250" y="67297300"/>
+          <a:ext cx="6921856" cy="1511378"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>31750</xdr:colOff>
       <xdr:row>47</xdr:row>
-      <xdr:rowOff>133350</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>6782147</xdr:colOff>
+      <xdr:rowOff>127000</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6972657</xdr:colOff>
       <xdr:row>47</xdr:row>
-      <xdr:rowOff>1568524</xdr:rowOff>
-[...23 lines deleted...]
-          <a:ext cx="6750397" cy="1435174"/>
+      <xdr:rowOff>1600276</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="152" name="Picture 151">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42C15E3C-60F9-1BF7-4291-1E0495128EB3}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21278850" y="76777850"/>
+          <a:ext cx="6940907" cy="1473276"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6350</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>196850</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>7004410</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>1632024</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="153" name="Picture 152">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F39194B-D346-38B7-9DD6-25336A463D3A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21253450" y="71132700"/>
+          <a:ext cx="6998060" cy="1435174"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>31750</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>165100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6966306</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>1638376</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="154" name="Picture 153">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98165989-9F27-C338-D93D-940F8B33F07B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21278850" y="73005950"/>
+          <a:ext cx="6934556" cy="1473276"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>63500</xdr:colOff>
-      <xdr:row>44</xdr:row>
-[...86 lines deleted...]
-      <xdr:colOff>69850</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>234950</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>7061560</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>1727277</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="155" name="Picture 154">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{580DF3B3-594D-1818-C684-F61EDF52A7A8}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21310600" y="78790800"/>
+          <a:ext cx="6998060" cy="1492327"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
       <xdr:row>46</xdr:row>
-      <xdr:rowOff>241300</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>6794846</xdr:colOff>
+      <xdr:rowOff>184150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>6959957</xdr:colOff>
       <xdr:row>46</xdr:row>
-      <xdr:rowOff>1676474</xdr:rowOff>
-[...67 lines deleted...]
-          <a:ext cx="6750397" cy="1447874"/>
+      <xdr:rowOff>1600273</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="156" name="Picture 155">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96D130D2-5387-5598-E931-16011B4AA118}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="21266150" y="74930000"/>
+          <a:ext cx="6940907" cy="1416123"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -4834,1494 +4988,1514 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SESF" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/BSF" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSMAAF" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/LTTAF3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/FIPF" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSETSF" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/Long_Term_Tax_Advantage_Fund/Long_Term_Tax_Advantage_Fund_4_2017_150517_111250.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/FSOF" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSLF" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSUSDF" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SMCF" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SSF" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/LTTAF3" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/NHEW" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/USTF" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSMCF" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSMFF" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/long_term_tax_advantage_series_3/Long_Term_Tax_Advantage_Series_3_10_2017_141117_125836.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSAF" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SBPDF" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSFF" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/RIFF" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/GAF" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/MIPF" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SSCF" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/long_term_tax_advantage_series_3/Long_Term_Tax_Advantage_Series_3_7_2017_170817_112423.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/FSOF" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSBAF" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SMMF" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSFCF" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSLCF" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/EMF" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SUNONF" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/long_term_tax_advantage_series_3/Long_Term_Tax_Advantage_Series_3_3_2017_190417_153221.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSAHF" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSSDF" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/GAF" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSDYF" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/TSF" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SESF" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/BSF" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSMAAF" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/LTTAF3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/FIPF" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSETSF" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/Long_Term_Tax_Advantage_Fund/Long_Term_Tax_Advantage_Fund_4_2017_150517_111250.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/FSOF" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSLF" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSUSDF" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SMCF" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SSF" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/LTTAF3" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/NHEW" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/USTF" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSMCF" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSMFF" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Downloads_Pdf/Portfolio_Archives/2026/Jan/Equity/SUNIPA.xlsx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/long_term_tax_advantage_series_3/Long_Term_Tax_Advantage_Series_3_10_2017_141117_125836.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSAF" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SBPDF" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSFF" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/RIFF" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/GAF" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/MIPF" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SSCF" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/long_term_tax_advantage_series_3/Long_Term_Tax_Advantage_Series_3_7_2017_170817_112423.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/FSOF" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSBAF" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SMMF" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSFCF" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSLCF" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/EMF" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/SUNONF" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/uploaddir/individual_factsheet/long_term_tax_advantage_series_3/Long_Term_Tax_Advantage_Series_3_3_2017_190417_153221.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSAHF" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSSDF" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/GAF" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/IFSDYF" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sundarammutual.com/Report/TSF" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{95621368-C8CD-4DC0-B933-D14C9F72AA92}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K57"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A43" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="topRight" activeCell="G2" sqref="G2"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
+      <selection pane="topRight" activeCell="K47" sqref="K47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="43.7265625" style="8" customWidth="1"/>
     <col min="2" max="2" width="49.453125" style="9" customWidth="1"/>
     <col min="3" max="3" width="12.1796875" style="5" customWidth="1"/>
     <col min="4" max="5" width="20.7265625" style="7" customWidth="1"/>
     <col min="6" max="6" width="12.7265625" style="7" customWidth="1"/>
     <col min="7" max="7" width="15.7265625" style="7" customWidth="1"/>
     <col min="8" max="9" width="12.7265625" style="7" customWidth="1"/>
     <col min="10" max="10" width="103.453125" style="4" customWidth="1"/>
     <col min="11" max="11" width="129.08984375" style="4" customWidth="1"/>
     <col min="12" max="16384" width="9.1796875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A1" s="16" t="s">
-[...7 lines deleted...]
-      <c r="G1" s="47"/>
+      <c r="A1" s="15" t="s">
+        <v>193</v>
+      </c>
+      <c r="B1" s="15"/>
+      <c r="C1" s="15"/>
+      <c r="D1" s="15"/>
+      <c r="E1" s="15"/>
+      <c r="F1" s="15"/>
+      <c r="G1" s="46"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
     </row>
     <row r="2" spans="1:11" ht="56" x14ac:dyDescent="0.3">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>117</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>176</v>
+        <v>194</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>42</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>47</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>44</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="3" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="23" t="s">
+      <c r="A3" s="22" t="s">
         <v>138</v>
       </c>
-      <c r="B3" s="23" t="s">
+      <c r="B3" s="22" t="s">
         <v>97</v>
       </c>
-      <c r="C3" s="36" t="s">
+      <c r="C3" s="35" t="s">
         <v>55</v>
       </c>
-      <c r="D3" s="23" t="s">
+      <c r="D3" s="22" t="s">
         <v>56</v>
       </c>
-      <c r="E3" s="23" t="s">
+      <c r="E3" s="22" t="s">
         <v>134</v>
       </c>
-      <c r="F3" s="23" t="s">
+      <c r="F3" s="22" t="s">
         <v>57</v>
       </c>
-      <c r="G3" s="48" t="s">
-[...5 lines deleted...]
-      <c r="I3" s="32" t="s">
+      <c r="G3" s="47" t="s">
+        <v>205</v>
+      </c>
+      <c r="H3" s="47" t="s">
+        <v>179</v>
+      </c>
+      <c r="I3" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J3" s="50"/>
-      <c r="K3" s="15"/>
+      <c r="J3" s="49"/>
+      <c r="K3" s="14"/>
     </row>
     <row r="4" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="23" t="s">
+      <c r="A4" s="22" t="s">
         <v>58</v>
       </c>
-      <c r="B4" s="23" t="s">
+      <c r="B4" s="22" t="s">
         <v>98</v>
       </c>
-      <c r="C4" s="36" t="s">
+      <c r="C4" s="35" t="s">
         <v>61</v>
       </c>
       <c r="D4" s="11" t="s">
         <v>59</v>
       </c>
-      <c r="E4" s="23" t="s">
+      <c r="E4" s="22" t="s">
         <v>134</v>
       </c>
       <c r="F4" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G4" s="48" t="s">
-[...5 lines deleted...]
-      <c r="I4" s="32" t="s">
+      <c r="G4" s="47" t="s">
+        <v>196</v>
+      </c>
+      <c r="H4" s="47" t="s">
+        <v>174</v>
+      </c>
+      <c r="I4" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J4" s="15"/>
-      <c r="K4" s="15"/>
+      <c r="J4" s="14"/>
+      <c r="K4" s="14"/>
     </row>
     <row r="5" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="23" t="s">
+      <c r="A5" s="22" t="s">
         <v>60</v>
       </c>
-      <c r="B5" s="23" t="s">
+      <c r="B5" s="22" t="s">
         <v>49</v>
       </c>
-      <c r="C5" s="36" t="s">
+      <c r="C5" s="35" t="s">
         <v>61</v>
       </c>
-      <c r="D5" s="23" t="s">
+      <c r="D5" s="22" t="s">
         <v>62</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>119</v>
       </c>
       <c r="F5" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G5" s="48" t="s">
-[...5 lines deleted...]
-      <c r="I5" s="32" t="s">
+      <c r="G5" s="47" t="s">
+        <v>197</v>
+      </c>
+      <c r="H5" s="47" t="s">
+        <v>198</v>
+      </c>
+      <c r="I5" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J5" s="15"/>
-      <c r="K5" s="15"/>
+      <c r="J5" s="14"/>
+      <c r="K5" s="14"/>
     </row>
     <row r="6" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="23" t="s">
+      <c r="A6" s="22" t="s">
         <v>63</v>
       </c>
-      <c r="B6" s="23" t="s">
+      <c r="B6" s="22" t="s">
         <v>43</v>
       </c>
-      <c r="C6" s="36" t="s">
+      <c r="C6" s="35" t="s">
         <v>66</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>64</v>
       </c>
       <c r="E6" s="11" t="s">
         <v>120</v>
       </c>
       <c r="F6" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G6" s="48" t="s">
-[...5 lines deleted...]
-      <c r="I6" s="32" t="s">
+      <c r="G6" s="47" t="s">
+        <v>199</v>
+      </c>
+      <c r="H6" s="47" t="s">
+        <v>175</v>
+      </c>
+      <c r="I6" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J6" s="15"/>
-      <c r="K6" s="15"/>
+      <c r="J6" s="14"/>
+      <c r="K6" s="14"/>
     </row>
     <row r="7" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="23" t="s">
+      <c r="A7" s="22" t="s">
         <v>65</v>
       </c>
-      <c r="B7" s="23" t="s">
+      <c r="B7" s="22" t="s">
         <v>99</v>
       </c>
-      <c r="C7" s="36" t="s">
+      <c r="C7" s="35" t="s">
         <v>68</v>
       </c>
       <c r="D7" s="11" t="s">
         <v>67</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>67</v>
       </c>
       <c r="F7" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G7" s="48" t="s">
-[...5 lines deleted...]
-      <c r="I7" s="32" t="s">
+      <c r="G7" s="47" t="s">
+        <v>200</v>
+      </c>
+      <c r="H7" s="47" t="s">
+        <v>176</v>
+      </c>
+      <c r="I7" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J7" s="15"/>
-      <c r="K7" s="15"/>
+      <c r="J7" s="14"/>
+      <c r="K7" s="14"/>
     </row>
     <row r="8" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="23" t="s">
+      <c r="A8" s="22" t="s">
         <v>69</v>
       </c>
       <c r="B8" s="11" t="s">
         <v>100</v>
       </c>
-      <c r="C8" s="36" t="s">
+      <c r="C8" s="35" t="s">
         <v>70</v>
       </c>
-      <c r="D8" s="23" t="s">
+      <c r="D8" s="22" t="s">
         <v>71</v>
       </c>
-      <c r="E8" s="23" t="s">
+      <c r="E8" s="22" t="s">
         <v>71</v>
       </c>
       <c r="F8" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G8" s="48" t="s">
-[...5 lines deleted...]
-      <c r="I8" s="32" t="s">
+      <c r="G8" s="47" t="s">
+        <v>201</v>
+      </c>
+      <c r="H8" s="47" t="s">
+        <v>177</v>
+      </c>
+      <c r="I8" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J8" s="15"/>
-      <c r="K8" s="15"/>
+      <c r="J8" s="14"/>
+      <c r="K8" s="14"/>
     </row>
     <row r="9" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="23" t="s">
+      <c r="A9" s="22" t="s">
         <v>135</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>137</v>
       </c>
-      <c r="C9" s="36" t="s">
+      <c r="C9" s="35" t="s">
         <v>136</v>
       </c>
-      <c r="D9" s="23" t="s">
+      <c r="D9" s="22" t="s">
         <v>56</v>
       </c>
-      <c r="E9" s="23" t="s">
+      <c r="E9" s="22" t="s">
         <v>56</v>
       </c>
       <c r="F9" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G9" s="48" t="s">
-[...5 lines deleted...]
-      <c r="I9" s="32" t="s">
+      <c r="G9" s="47" t="s">
+        <v>202</v>
+      </c>
+      <c r="H9" s="47" t="s">
+        <v>203</v>
+      </c>
+      <c r="I9" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J9" s="15"/>
-      <c r="K9" s="15"/>
+      <c r="J9" s="14"/>
+      <c r="K9" s="14"/>
     </row>
     <row r="10" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="11" t="s">
         <v>72</v>
       </c>
-      <c r="B10" s="23" t="s">
+      <c r="B10" s="22" t="s">
         <v>101</v>
       </c>
-      <c r="C10" s="36" t="s">
+      <c r="C10" s="35" t="s">
         <v>73</v>
       </c>
       <c r="D10" s="11" t="s">
         <v>56</v>
       </c>
-      <c r="E10" s="23" t="s">
+      <c r="E10" s="22" t="s">
         <v>67</v>
       </c>
       <c r="F10" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G10" s="48" t="s">
-[...5 lines deleted...]
-      <c r="I10" s="32" t="s">
+      <c r="G10" s="47" t="s">
+        <v>204</v>
+      </c>
+      <c r="H10" s="47" t="s">
+        <v>178</v>
+      </c>
+      <c r="I10" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J10" s="15"/>
-      <c r="K10" s="15"/>
+      <c r="J10" s="14"/>
+      <c r="K10" s="14"/>
     </row>
     <row r="11" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="11" t="s">
         <v>74</v>
       </c>
-      <c r="B11" s="23" t="s">
+      <c r="B11" s="22" t="s">
         <v>102</v>
       </c>
-      <c r="C11" s="36" t="s">
+      <c r="C11" s="35" t="s">
         <v>75</v>
       </c>
       <c r="D11" s="11" t="s">
         <v>56</v>
       </c>
-      <c r="E11" s="23" t="s">
+      <c r="E11" s="22" t="s">
         <v>121</v>
       </c>
       <c r="F11" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G11" s="48" t="s">
-[...5 lines deleted...]
-      <c r="I11" s="32" t="s">
+      <c r="G11" s="47" t="s">
+        <v>206</v>
+      </c>
+      <c r="H11" s="47" t="s">
+        <v>207</v>
+      </c>
+      <c r="I11" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J11" s="15"/>
-      <c r="K11" s="15"/>
+      <c r="J11" s="14"/>
+      <c r="K11" s="14"/>
     </row>
     <row r="12" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="23" t="s">
+      <c r="A12" s="22" t="s">
         <v>158</v>
       </c>
-      <c r="B12" s="23" t="s">
+      <c r="B12" s="22" t="s">
         <v>159</v>
       </c>
-      <c r="C12" s="52">
+      <c r="C12" s="51">
         <v>45839</v>
       </c>
-      <c r="D12" s="23" t="s">
+      <c r="D12" s="22" t="s">
         <v>160</v>
       </c>
-      <c r="E12" s="23" t="s">
+      <c r="E12" s="22" t="s">
         <v>134</v>
       </c>
-      <c r="F12" s="23" t="s">
+      <c r="F12" s="22" t="s">
         <v>48</v>
       </c>
-      <c r="G12" s="48" t="s">
-[...5 lines deleted...]
-      <c r="I12" s="32" t="s">
+      <c r="G12" s="47" t="s">
+        <v>208</v>
+      </c>
+      <c r="H12" s="47" t="s">
+        <v>209</v>
+      </c>
+      <c r="I12" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J12" s="48" t="s">
-[...2 lines deleted...]
-      <c r="K12" s="15"/>
+      <c r="J12" s="47"/>
+      <c r="K12" s="14"/>
     </row>
     <row r="13" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="23" t="s">
+      <c r="A13" s="22" t="s">
         <v>115</v>
       </c>
-      <c r="B13" s="23" t="s">
+      <c r="B13" s="22" t="s">
         <v>133</v>
       </c>
-      <c r="C13" s="36" t="s">
+      <c r="C13" s="35" t="s">
         <v>76</v>
       </c>
       <c r="D13" s="11" t="s">
         <v>77</v>
       </c>
-      <c r="E13" s="23" t="s">
+      <c r="E13" s="22" t="s">
         <v>134</v>
       </c>
       <c r="F13" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G13" s="48" t="s">
-[...5 lines deleted...]
-      <c r="I13" s="32" t="s">
+      <c r="G13" s="47" t="s">
+        <v>210</v>
+      </c>
+      <c r="H13" s="47" t="s">
+        <v>180</v>
+      </c>
+      <c r="I13" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J13" s="15"/>
-      <c r="K13" s="15"/>
+      <c r="J13" s="14"/>
+      <c r="K13" s="14"/>
     </row>
     <row r="14" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="23" t="s">
+      <c r="A14" s="22" t="s">
         <v>78</v>
       </c>
-      <c r="B14" s="23" t="s">
+      <c r="B14" s="22" t="s">
         <v>103</v>
       </c>
-      <c r="C14" s="36" t="s">
+      <c r="C14" s="35" t="s">
         <v>79</v>
       </c>
       <c r="D14" s="11" t="s">
         <v>80</v>
       </c>
       <c r="E14" s="11" t="s">
         <v>122</v>
       </c>
       <c r="F14" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G14" s="48" t="s">
-[...5 lines deleted...]
-      <c r="I14" s="32" t="s">
+      <c r="G14" s="47" t="s">
+        <v>211</v>
+      </c>
+      <c r="H14" s="47" t="s">
+        <v>212</v>
+      </c>
+      <c r="I14" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J14" s="15"/>
-      <c r="K14" s="15"/>
+      <c r="J14" s="14"/>
+      <c r="K14" s="14"/>
     </row>
     <row r="15" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="23" t="s">
+      <c r="A15" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="B15" s="23" t="s">
+      <c r="B15" s="22" t="s">
         <v>104</v>
       </c>
-      <c r="C15" s="36" t="s">
+      <c r="C15" s="35" t="s">
         <v>82</v>
       </c>
-      <c r="D15" s="33" t="s">
+      <c r="D15" s="32" t="s">
         <v>81</v>
       </c>
-      <c r="E15" s="23" t="s">
+      <c r="E15" s="22" t="s">
         <v>134</v>
       </c>
       <c r="F15" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G15" s="48" t="s">
-[...5 lines deleted...]
-      <c r="I15" s="32" t="s">
+      <c r="G15" s="47" t="s">
+        <v>213</v>
+      </c>
+      <c r="H15" s="47" t="s">
+        <v>214</v>
+      </c>
+      <c r="I15" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J15" s="15"/>
-      <c r="K15" s="15"/>
+      <c r="J15" s="14"/>
+      <c r="K15" s="14"/>
     </row>
     <row r="16" spans="1:11" ht="150" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A16" s="23" t="s">
+      <c r="A16" s="22" t="s">
         <v>83</v>
       </c>
-      <c r="B16" s="23" t="s">
+      <c r="B16" s="22" t="s">
         <v>105</v>
       </c>
-      <c r="C16" s="36" t="s">
+      <c r="C16" s="35" t="s">
         <v>84</v>
       </c>
-      <c r="D16" s="33" t="s">
+      <c r="D16" s="32" t="s">
         <v>50</v>
       </c>
-      <c r="E16" s="23" t="s">
+      <c r="E16" s="22" t="s">
         <v>134</v>
       </c>
       <c r="F16" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G16" s="48" t="s">
-[...5 lines deleted...]
-      <c r="I16" s="32" t="s">
+      <c r="G16" s="47" t="s">
+        <v>215</v>
+      </c>
+      <c r="H16" s="47" t="s">
+        <v>164</v>
+      </c>
+      <c r="I16" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="K16" s="65"/>
+      <c r="K16" s="56"/>
     </row>
     <row r="17" spans="1:11" ht="150" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A17" s="23" t="s">
+      <c r="A17" s="22" t="s">
         <v>150</v>
       </c>
-      <c r="B17" s="23" t="s">
+      <c r="B17" s="22" t="s">
         <v>157</v>
       </c>
-      <c r="C17" s="36" t="s">
+      <c r="C17" s="35" t="s">
         <v>151</v>
       </c>
-      <c r="D17" s="23" t="s">
+      <c r="D17" s="22" t="s">
         <v>152</v>
       </c>
-      <c r="E17" s="23" t="s">
+      <c r="E17" s="22" t="s">
         <v>134</v>
       </c>
       <c r="F17" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G17" s="46" t="s">
-[...5 lines deleted...]
-      <c r="I17" s="32" t="s">
+      <c r="G17" s="45" t="s">
+        <v>216</v>
+      </c>
+      <c r="H17" s="47" t="s">
+        <v>217</v>
+      </c>
+      <c r="I17" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J17" s="64"/>
-      <c r="K17" s="66"/>
+      <c r="J17" s="55"/>
+      <c r="K17" s="57"/>
     </row>
     <row r="18" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="23" t="s">
-[...2 lines deleted...]
-      <c r="B18" s="23" t="s">
+      <c r="A18" s="22" t="s">
+        <v>166</v>
+      </c>
+      <c r="B18" s="22" t="s">
         <v>106</v>
       </c>
-      <c r="C18" s="36" t="s">
+      <c r="C18" s="35" t="s">
         <v>85</v>
       </c>
-      <c r="D18" s="33" t="s">
+      <c r="D18" s="32" t="s">
         <v>86</v>
       </c>
-      <c r="E18" s="23" t="s">
+      <c r="E18" s="22" t="s">
         <v>134</v>
       </c>
       <c r="F18" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G18" s="48" t="s">
-[...5 lines deleted...]
-      <c r="I18" s="32" t="s">
+      <c r="G18" s="47" t="s">
+        <v>253</v>
+      </c>
+      <c r="H18" s="47" t="s">
+        <v>218</v>
+      </c>
+      <c r="I18" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J18" s="15"/>
+      <c r="J18" s="14"/>
     </row>
     <row r="19" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="23" t="s">
+      <c r="A19" s="22" t="s">
         <v>87</v>
       </c>
-      <c r="B19" s="23" t="s">
+      <c r="B19" s="22" t="s">
         <v>107</v>
       </c>
-      <c r="C19" s="36" t="s">
+      <c r="C19" s="35" t="s">
         <v>88</v>
       </c>
-      <c r="D19" s="33" t="s">
+      <c r="D19" s="32" t="s">
         <v>123</v>
       </c>
-      <c r="E19" s="23" t="s">
+      <c r="E19" s="22" t="s">
         <v>134</v>
       </c>
       <c r="F19" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G19" s="48" t="s">
-[...5 lines deleted...]
-      <c r="I19" s="32" t="s">
+      <c r="G19" s="47" t="s">
+        <v>219</v>
+      </c>
+      <c r="H19" s="47" t="s">
+        <v>167</v>
+      </c>
+      <c r="I19" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J19" s="15"/>
-      <c r="K19" s="15"/>
+      <c r="J19" s="14"/>
+      <c r="K19" s="14"/>
     </row>
     <row r="20" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="23" t="s">
+      <c r="A20" s="22" t="s">
         <v>89</v>
       </c>
-      <c r="B20" s="23" t="s">
+      <c r="B20" s="22" t="s">
         <v>108</v>
       </c>
-      <c r="C20" s="36" t="s">
+      <c r="C20" s="35" t="s">
         <v>90</v>
       </c>
-      <c r="D20" s="23" t="s">
+      <c r="D20" s="22" t="s">
         <v>91</v>
       </c>
-      <c r="E20" s="23" t="s">
+      <c r="E20" s="22" t="s">
         <v>134</v>
       </c>
       <c r="F20" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G20" s="48" t="s">
-[...5 lines deleted...]
-      <c r="I20" s="32" t="s">
+      <c r="G20" s="47" t="s">
+        <v>220</v>
+      </c>
+      <c r="H20" s="47" t="s">
+        <v>221</v>
+      </c>
+      <c r="I20" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J20" s="15"/>
-      <c r="K20" s="15"/>
+      <c r="J20" s="14"/>
+      <c r="K20" s="14"/>
     </row>
     <row r="21" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="37" t="s">
+      <c r="A21" s="36" t="s">
         <v>92</v>
       </c>
-      <c r="B21" s="37" t="s">
+      <c r="B21" s="36" t="s">
         <v>109</v>
       </c>
-      <c r="C21" s="38" t="s">
+      <c r="C21" s="37" t="s">
         <v>93</v>
       </c>
-      <c r="D21" s="37" t="s">
+      <c r="D21" s="36" t="s">
         <v>20</v>
       </c>
-      <c r="E21" s="37" t="s">
+      <c r="E21" s="36" t="s">
         <v>134</v>
       </c>
-      <c r="F21" s="39" t="s">
+      <c r="F21" s="38" t="s">
         <v>94</v>
       </c>
-      <c r="G21" s="48" t="s">
-[...5 lines deleted...]
-      <c r="I21" s="40" t="s">
+      <c r="G21" s="47" t="s">
+        <v>222</v>
+      </c>
+      <c r="H21" s="47" t="s">
+        <v>223</v>
+      </c>
+      <c r="I21" s="39" t="s">
         <v>46</v>
       </c>
-      <c r="J21" s="15"/>
+      <c r="J21" s="14"/>
     </row>
-    <row r="22" spans="1:11" s="15" customFormat="1" ht="150" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A22" s="23" t="s">
+    <row r="22" spans="1:11" s="14" customFormat="1" ht="150" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="22" t="s">
         <v>21</v>
       </c>
-      <c r="B22" s="23" t="s">
+      <c r="B22" s="22" t="s">
         <v>110</v>
       </c>
-      <c r="C22" s="36" t="s">
+      <c r="C22" s="35" t="s">
         <v>95</v>
       </c>
-      <c r="D22" s="37" t="s">
+      <c r="D22" s="36" t="s">
         <v>124</v>
       </c>
-      <c r="E22" s="37" t="s">
+      <c r="E22" s="36" t="s">
         <v>134</v>
       </c>
       <c r="F22" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G22" s="48" t="s">
-[...5 lines deleted...]
-      <c r="I22" s="32" t="s">
+      <c r="G22" s="47" t="s">
+        <v>224</v>
+      </c>
+      <c r="H22" s="47" t="s">
+        <v>181</v>
+      </c>
+      <c r="I22" s="31" t="s">
         <v>46</v>
       </c>
       <c r="J22"/>
     </row>
     <row r="23" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="23" t="s">
+      <c r="A23" s="22" t="s">
         <v>153</v>
       </c>
-      <c r="B23" s="23" t="s">
+      <c r="B23" s="22" t="s">
         <v>156</v>
       </c>
-      <c r="C23" s="36" t="s">
+      <c r="C23" s="35" t="s">
         <v>154</v>
       </c>
-      <c r="D23" s="23" t="s">
+      <c r="D23" s="22" t="s">
         <v>155</v>
       </c>
-      <c r="E23" s="23" t="s">
+      <c r="E23" s="22" t="s">
         <v>134</v>
       </c>
-      <c r="F23" s="23" t="s">
+      <c r="F23" s="22" t="s">
         <v>134</v>
       </c>
-      <c r="G23" s="46" t="s">
-[...5 lines deleted...]
-      <c r="I23" s="32" t="s">
+      <c r="G23" s="45" t="s">
+        <v>225</v>
+      </c>
+      <c r="H23" s="47" t="s">
+        <v>226</v>
+      </c>
+      <c r="I23" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J23" s="15"/>
-      <c r="K23" s="15"/>
+      <c r="J23" s="14"/>
+      <c r="K23" s="14"/>
     </row>
     <row r="24" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="23" t="s">
+      <c r="A24" s="22" t="s">
         <v>18</v>
       </c>
-      <c r="B24" s="23" t="s">
+      <c r="B24" s="22" t="s">
         <v>111</v>
       </c>
-      <c r="C24" s="36" t="s">
+      <c r="C24" s="35" t="s">
         <v>114</v>
       </c>
-      <c r="D24" s="23" t="s">
+      <c r="D24" s="22" t="s">
         <v>19</v>
       </c>
-      <c r="E24" s="23" t="s">
+      <c r="E24" s="22" t="s">
         <v>134</v>
       </c>
       <c r="F24" s="11" t="s">
         <v>96</v>
       </c>
-      <c r="G24" s="48" t="s">
-[...5 lines deleted...]
-      <c r="I24" s="32" t="s">
+      <c r="G24" s="47" t="s">
+        <v>227</v>
+      </c>
+      <c r="H24" s="47" t="s">
+        <v>182</v>
+      </c>
+      <c r="I24" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J24" s="15"/>
-      <c r="K24" s="15"/>
+      <c r="J24" s="14"/>
+      <c r="K24" s="14"/>
     </row>
     <row r="25" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="23" t="s">
+      <c r="A25" s="22" t="s">
+        <v>161</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>163</v>
+      </c>
+      <c r="C25" s="35" t="s">
         <v>162</v>
       </c>
-      <c r="B25" s="23" t="s">
-[...5 lines deleted...]
-      <c r="D25" s="23" t="s">
+      <c r="D25" s="22" t="s">
         <v>56</v>
       </c>
-      <c r="E25" s="23" t="s">
+      <c r="E25" s="22" t="s">
         <v>134</v>
       </c>
       <c r="F25" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="G25" s="48" t="s">
-[...5 lines deleted...]
-      <c r="I25" s="32" t="s">
+      <c r="G25" s="47" t="s">
+        <v>231</v>
+      </c>
+      <c r="H25" s="47" t="s">
+        <v>232</v>
+      </c>
+      <c r="I25" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J25" s="15"/>
-      <c r="K25" s="15"/>
+      <c r="J25" s="14"/>
+      <c r="K25" s="14"/>
     </row>
     <row r="26" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A26" s="20"/>
-[...8 lines deleted...]
-      <c r="J26" s="18"/>
+      <c r="A26" s="19"/>
+      <c r="B26" s="19"/>
+      <c r="C26" s="28"/>
+      <c r="D26" s="17"/>
+      <c r="E26" s="17"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="42"/>
+      <c r="H26" s="18"/>
+      <c r="I26" s="16"/>
+      <c r="J26" s="17"/>
     </row>
     <row r="27" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A27" s="28" t="s">
+      <c r="A27" s="27" t="s">
         <v>8</v>
       </c>
-      <c r="B27" s="20"/>
-[...6 lines deleted...]
-      <c r="I27" s="19"/>
+      <c r="B27" s="19"/>
+      <c r="C27" s="17"/>
+      <c r="D27" s="17"/>
+      <c r="E27" s="17"/>
+      <c r="F27" s="17"/>
+      <c r="G27" s="42"/>
+      <c r="H27" s="18"/>
+      <c r="I27" s="18"/>
     </row>
-    <row r="28" spans="1:11" s="35" customFormat="1" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="24" t="s">
+    <row r="28" spans="1:11" s="34" customFormat="1" ht="150" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="23" t="s">
         <v>9</v>
       </c>
-      <c r="B28" s="24" t="s">
+      <c r="B28" s="23" t="s">
         <v>52</v>
       </c>
-      <c r="C28" s="34">
+      <c r="C28" s="33">
         <v>42450</v>
       </c>
-      <c r="D28" s="51" t="s">
+      <c r="D28" s="50" t="s">
         <v>7</v>
       </c>
-      <c r="E28" s="51" t="s">
+      <c r="E28" s="50" t="s">
         <v>134</v>
       </c>
-      <c r="F28" s="24" t="s">
+      <c r="F28" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="G28" s="49" t="s">
-[...5 lines deleted...]
-      <c r="I28" s="54" t="s">
+      <c r="G28" s="48" t="s">
+        <v>187</v>
+      </c>
+      <c r="H28" s="47" t="s">
+        <v>234</v>
+      </c>
+      <c r="I28" s="60" t="s">
         <v>46</v>
       </c>
-      <c r="J28" s="31"/>
-      <c r="K28" s="31"/>
+      <c r="J28" s="30"/>
+      <c r="K28" s="30"/>
     </row>
     <row r="29" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="25" t="s">
+      <c r="A29" s="24" t="s">
         <v>10</v>
       </c>
-      <c r="B29" s="44" t="s">
+      <c r="B29" s="43" t="s">
         <v>53</v>
       </c>
-      <c r="C29" s="26">
+      <c r="C29" s="25">
         <v>43187</v>
       </c>
-      <c r="D29" s="30" t="s">
+      <c r="D29" s="29" t="s">
         <v>5</v>
       </c>
-      <c r="E29" s="24" t="s">
+      <c r="E29" s="23" t="s">
         <v>134</v>
       </c>
-      <c r="F29" s="25" t="s">
+      <c r="F29" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="G29" s="45" t="s">
-[...7 lines deleted...]
-      <c r="K29" s="15"/>
+      <c r="G29" s="48" t="s">
+        <v>188</v>
+      </c>
+      <c r="H29" s="47" t="s">
+        <v>235</v>
+      </c>
+      <c r="I29" s="61"/>
+      <c r="J29" s="14"/>
+      <c r="K29" s="14"/>
     </row>
     <row r="30" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="25" t="s">
+      <c r="A30" s="24" t="s">
         <v>11</v>
       </c>
-      <c r="B30" s="44" t="s">
+      <c r="B30" s="43" t="s">
         <v>53</v>
       </c>
-      <c r="C30" s="26">
+      <c r="C30" s="25">
         <v>43286</v>
       </c>
-      <c r="D30" s="25" t="s">
+      <c r="D30" s="24" t="s">
         <v>12</v>
       </c>
-      <c r="E30" s="24" t="s">
+      <c r="E30" s="23" t="s">
         <v>134</v>
       </c>
-      <c r="F30" s="25" t="s">
+      <c r="F30" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="G30" s="45" t="s">
-[...7 lines deleted...]
-      <c r="K30" s="15"/>
+      <c r="G30" s="48" t="s">
+        <v>233</v>
+      </c>
+      <c r="H30" s="47" t="s">
+        <v>165</v>
+      </c>
+      <c r="I30" s="62"/>
+      <c r="J30" s="14"/>
+      <c r="K30" s="14"/>
     </row>
     <row r="31" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="25" t="s">
+      <c r="A31" s="24" t="s">
         <v>13</v>
       </c>
-      <c r="B31" s="44" t="s">
+      <c r="B31" s="43" t="s">
         <v>51</v>
       </c>
-      <c r="C31" s="26">
+      <c r="C31" s="25">
         <v>42692</v>
       </c>
-      <c r="D31" s="30" t="s">
+      <c r="D31" s="29" t="s">
         <v>14</v>
       </c>
-      <c r="E31" s="24" t="s">
+      <c r="E31" s="23" t="s">
         <v>134</v>
       </c>
-      <c r="F31" s="25" t="s">
+      <c r="F31" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="G31" s="45" t="s">
-[...5 lines deleted...]
-      <c r="I31" s="59" t="s">
+      <c r="G31" s="48" t="s">
+        <v>236</v>
+      </c>
+      <c r="H31" s="47" t="s">
+        <v>238</v>
+      </c>
+      <c r="I31" s="65" t="s">
         <v>46</v>
       </c>
-      <c r="J31" s="15"/>
-      <c r="K31" s="15"/>
+      <c r="J31" s="14"/>
+      <c r="K31" s="14"/>
     </row>
     <row r="32" spans="1:11" ht="194.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="25" t="s">
+      <c r="A32" s="24" t="s">
         <v>15</v>
       </c>
-      <c r="B32" s="44" t="s">
+      <c r="B32" s="43" t="s">
         <v>54</v>
       </c>
-      <c r="C32" s="26">
+      <c r="C32" s="25">
         <v>42818</v>
       </c>
-      <c r="D32" s="30" t="s">
+      <c r="D32" s="29" t="s">
         <v>14</v>
       </c>
-      <c r="E32" s="24" t="s">
+      <c r="E32" s="23" t="s">
         <v>134</v>
       </c>
-      <c r="F32" s="25" t="s">
+      <c r="F32" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="G32" s="45" t="s">
-[...7 lines deleted...]
-      <c r="K32" s="15"/>
+      <c r="G32" s="48" t="s">
+        <v>237</v>
+      </c>
+      <c r="H32" s="47" t="s">
+        <v>239</v>
+      </c>
+      <c r="I32" s="65"/>
+      <c r="J32" s="14"/>
+      <c r="K32" s="14"/>
     </row>
     <row r="33" spans="1:11" ht="170.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="25" t="s">
+      <c r="A33" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="B33" s="44" t="s">
+      <c r="B33" s="43" t="s">
         <v>54</v>
       </c>
-      <c r="C33" s="26">
+      <c r="C33" s="25">
         <v>42921</v>
       </c>
-      <c r="D33" s="30" t="s">
+      <c r="D33" s="29" t="s">
         <v>14</v>
       </c>
-      <c r="E33" s="24" t="s">
+      <c r="E33" s="23" t="s">
         <v>134</v>
       </c>
-      <c r="F33" s="25" t="s">
+      <c r="F33" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="G33" s="45" t="s">
-[...7 lines deleted...]
-      <c r="K33" s="15"/>
+      <c r="G33" s="48" t="s">
+        <v>189</v>
+      </c>
+      <c r="H33" s="47" t="s">
+        <v>240</v>
+      </c>
+      <c r="I33" s="65"/>
+      <c r="J33" s="14"/>
+      <c r="K33" s="14"/>
     </row>
     <row r="34" spans="1:11" ht="200.15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A34" s="25" t="s">
+      <c r="A34" s="24" t="s">
         <v>17</v>
       </c>
-      <c r="B34" s="44" t="s">
+      <c r="B34" s="43" t="s">
         <v>54</v>
       </c>
-      <c r="C34" s="26">
+      <c r="C34" s="25">
         <v>43006</v>
       </c>
-      <c r="D34" s="30" t="s">
+      <c r="D34" s="29" t="s">
         <v>14</v>
       </c>
-      <c r="E34" s="24" t="s">
+      <c r="E34" s="23" t="s">
         <v>134</v>
       </c>
-      <c r="F34" s="25" t="s">
+      <c r="F34" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="G34" s="45" t="s">
-[...7 lines deleted...]
-      <c r="K34" s="15"/>
+      <c r="G34" s="48" t="s">
+        <v>237</v>
+      </c>
+      <c r="H34" s="47" t="s">
+        <v>190</v>
+      </c>
+      <c r="I34" s="65"/>
+      <c r="J34" s="14"/>
+      <c r="K34" s="14"/>
     </row>
     <row r="35" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A35" s="20"/>
-[...7 lines deleted...]
-      <c r="I35" s="17"/>
+      <c r="A35" s="19"/>
+      <c r="B35" s="19"/>
+      <c r="C35" s="26"/>
+      <c r="D35" s="17"/>
+      <c r="E35" s="17"/>
+      <c r="F35" s="17"/>
+      <c r="G35" s="13"/>
+      <c r="H35" s="20"/>
+      <c r="I35" s="16"/>
     </row>
     <row r="36" spans="1:11" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B36" s="5"/>
       <c r="D36" s="5"/>
       <c r="E36" s="5"/>
-      <c r="H36" s="22"/>
-      <c r="I36" s="22"/>
+      <c r="H36" s="21"/>
+      <c r="I36" s="21"/>
     </row>
     <row r="37" spans="1:11" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A37" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B37" s="5"/>
     </row>
     <row r="38" spans="1:11" ht="17.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B38" s="5"/>
     </row>
     <row r="39" spans="1:11" ht="56.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A39" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>117</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>132</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="G39" s="62" t="s">
-        <v>176</v>
+      <c r="G39" s="1" t="s">
+        <v>194</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>42</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>47</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>44</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="40" spans="1:11" ht="150" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A40" s="11" t="s">
         <v>23</v>
       </c>
       <c r="B40" s="11" t="s">
         <v>24</v>
       </c>
       <c r="C40" s="10">
         <v>43544</v>
       </c>
       <c r="D40" s="11" t="s">
         <v>25</v>
       </c>
       <c r="E40" s="11" t="s">
         <v>96</v>
       </c>
-      <c r="F40" s="60" t="s">
+      <c r="F40" s="52" t="s">
         <v>26</v>
       </c>
-      <c r="G40" s="63" t="s">
-[...5 lines deleted...]
-      <c r="I40" s="32" t="s">
+      <c r="G40" s="54" t="s">
+        <v>242</v>
+      </c>
+      <c r="H40" s="53" t="s">
+        <v>168</v>
+      </c>
+      <c r="I40" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J40" s="31"/>
-      <c r="K40" s="31"/>
+      <c r="J40" s="30"/>
+      <c r="K40" s="30"/>
     </row>
     <row r="41" spans="1:11" ht="150" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A41" s="23" t="s">
+      <c r="A41" s="22" t="s">
         <v>113</v>
       </c>
       <c r="B41" s="11" t="s">
         <v>27</v>
       </c>
       <c r="C41" s="10">
         <v>38698</v>
       </c>
-      <c r="D41" s="23" t="s">
+      <c r="D41" s="22" t="s">
         <v>142</v>
       </c>
       <c r="E41" s="11" t="s">
         <v>125</v>
       </c>
       <c r="F41" s="11" t="s">
         <v>26</v>
       </c>
-      <c r="G41" s="63" t="s">
-[...5 lines deleted...]
-      <c r="I41" s="32" t="s">
+      <c r="G41" s="54" t="s">
+        <v>241</v>
+      </c>
+      <c r="H41" s="53" t="s">
+        <v>191</v>
+      </c>
+      <c r="I41" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J41" s="31"/>
-      <c r="K41" s="31"/>
+      <c r="J41" s="30"/>
+      <c r="K41" s="30"/>
     </row>
     <row r="42" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="23" t="s">
+      <c r="A42" s="22" t="s">
         <v>116</v>
       </c>
-      <c r="B42" s="23" t="s">
+      <c r="B42" s="22" t="s">
         <v>28</v>
       </c>
-      <c r="C42" s="36">
+      <c r="C42" s="35">
         <v>43640</v>
       </c>
-      <c r="D42" s="23" t="s">
+      <c r="D42" s="22" t="s">
         <v>143</v>
       </c>
       <c r="E42" s="11" t="s">
         <v>126</v>
       </c>
-      <c r="F42" s="23" t="s">
+      <c r="F42" s="22" t="s">
         <v>29</v>
       </c>
-      <c r="G42" s="45" t="s">
-[...5 lines deleted...]
-      <c r="I42" s="32" t="s">
+      <c r="G42" s="44" t="s">
+        <v>243</v>
+      </c>
+      <c r="H42" s="22" t="s">
+        <v>244</v>
+      </c>
+      <c r="I42" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J42" s="31"/>
-      <c r="K42" s="31"/>
+      <c r="J42" s="30"/>
+      <c r="K42" s="30"/>
     </row>
     <row r="43" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A43" s="23" t="s">
+      <c r="A43" s="22" t="s">
         <v>30</v>
       </c>
-      <c r="B43" s="23" t="s">
+      <c r="B43" s="22" t="s">
         <v>31</v>
       </c>
-      <c r="C43" s="36">
+      <c r="C43" s="35">
         <v>39195</v>
       </c>
-      <c r="D43" s="23" t="s">
+      <c r="D43" s="22" t="s">
         <v>144</v>
       </c>
       <c r="E43" s="11" t="s">
         <v>127</v>
       </c>
-      <c r="F43" s="23" t="s">
+      <c r="F43" s="22" t="s">
         <v>26</v>
       </c>
-      <c r="G43" s="49" t="s">
-[...5 lines deleted...]
-      <c r="I43" s="32" t="s">
+      <c r="G43" s="48" t="s">
+        <v>247</v>
+      </c>
+      <c r="H43" s="22" t="s">
+        <v>248</v>
+      </c>
+      <c r="I43" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J43" s="31"/>
-      <c r="K43" s="31"/>
+      <c r="J43" s="30"/>
+      <c r="K43" s="30"/>
     </row>
-    <row r="44" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A44" s="23" t="s">
+    <row r="44" spans="1:11" ht="150" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="22" t="s">
         <v>32</v>
       </c>
-      <c r="B44" s="23" t="s">
+      <c r="B44" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="C44" s="41">
+      <c r="C44" s="40">
         <v>43369</v>
       </c>
-      <c r="D44" s="23" t="s">
+      <c r="D44" s="22" t="s">
         <v>145</v>
       </c>
-      <c r="E44" s="23" t="s">
+      <c r="E44" s="22" t="s">
         <v>96</v>
       </c>
-      <c r="F44" s="23" t="s">
+      <c r="F44" s="22" t="s">
         <v>26</v>
       </c>
-      <c r="G44" s="49" t="s">
-[...5 lines deleted...]
-      <c r="I44" s="32" t="s">
+      <c r="G44" s="66" t="s">
+        <v>245</v>
+      </c>
+      <c r="H44" s="22" t="s">
+        <v>246</v>
+      </c>
+      <c r="I44" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J44" s="31"/>
-      <c r="K44" s="31"/>
+      <c r="J44" s="30"/>
+      <c r="K44" s="30"/>
     </row>
-    <row r="45" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A45" s="23" t="s">
+    <row r="45" spans="1:11" ht="150" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="22" t="s">
         <v>112</v>
       </c>
-      <c r="B45" s="23" t="s">
+      <c r="B45" s="22" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="3">
         <v>37504</v>
       </c>
-      <c r="D45" s="23" t="s">
+      <c r="D45" s="22" t="s">
         <v>146</v>
       </c>
-      <c r="E45" s="23" t="s">
+      <c r="E45" s="22" t="s">
         <v>128</v>
       </c>
-      <c r="F45" s="23" t="s">
+      <c r="F45" s="55" t="s">
         <v>29</v>
       </c>
-      <c r="G45" s="45" t="s">
-[...5 lines deleted...]
-      <c r="I45" s="32" t="s">
+      <c r="G45" s="54" t="s">
+        <v>250</v>
+      </c>
+      <c r="H45" s="53" t="s">
+        <v>251</v>
+      </c>
+      <c r="I45" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J45" s="31"/>
-      <c r="K45" s="31"/>
+      <c r="J45" s="30"/>
+      <c r="K45" s="30"/>
     </row>
     <row r="46" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A46" s="23" t="s">
+      <c r="A46" s="22" t="s">
         <v>140</v>
       </c>
-      <c r="B46" s="23" t="s">
+      <c r="B46" s="22" t="s">
         <v>35</v>
       </c>
-      <c r="C46" s="41">
+      <c r="C46" s="40">
         <v>35782</v>
       </c>
-      <c r="D46" s="23" t="s">
+      <c r="D46" s="22" t="s">
         <v>147</v>
       </c>
-      <c r="E46" s="23" t="s">
+      <c r="E46" s="22" t="s">
         <v>129</v>
       </c>
-      <c r="F46" s="23" t="s">
+      <c r="F46" s="22" t="s">
         <v>36</v>
       </c>
-      <c r="G46" s="53" t="s">
-[...5 lines deleted...]
-      <c r="I46" s="32" t="s">
+      <c r="G46" s="59" t="s">
+        <v>192</v>
+      </c>
+      <c r="H46" s="22" t="s">
+        <v>170</v>
+      </c>
+      <c r="I46" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J46" s="31"/>
-      <c r="K46" s="31"/>
+      <c r="J46" s="30"/>
+      <c r="K46" s="30"/>
     </row>
     <row r="47" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A47" s="23" t="s">
+      <c r="A47" s="22" t="s">
         <v>37</v>
       </c>
-      <c r="B47" s="23" t="s">
+      <c r="B47" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="C47" s="42">
+      <c r="C47" s="41">
         <v>39895</v>
       </c>
-      <c r="D47" s="23" t="s">
+      <c r="D47" s="22" t="s">
         <v>148</v>
       </c>
-      <c r="E47" s="23" t="s">
+      <c r="E47" s="22" t="s">
         <v>130</v>
       </c>
-      <c r="F47" s="23" t="s">
+      <c r="F47" s="22" t="s">
         <v>36</v>
       </c>
-      <c r="G47" s="49" t="s">
-[...5 lines deleted...]
-      <c r="I47" s="32" t="s">
+      <c r="G47" s="48" t="s">
+        <v>252</v>
+      </c>
+      <c r="H47" s="22" t="s">
+        <v>171</v>
+      </c>
+      <c r="I47" s="31" t="s">
         <v>46</v>
       </c>
       <c r="J47"/>
-      <c r="K47" s="31"/>
+      <c r="K47" s="30"/>
     </row>
     <row r="48" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A48" s="23" t="s">
+      <c r="A48" s="22" t="s">
         <v>141</v>
       </c>
-      <c r="B48" s="23" t="s">
+      <c r="B48" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C48" s="3">
         <v>39895</v>
       </c>
-      <c r="D48" s="23" t="s">
+      <c r="D48" s="22" t="s">
         <v>149</v>
       </c>
-      <c r="E48" s="23" t="s">
+      <c r="E48" s="22" t="s">
         <v>130</v>
       </c>
-      <c r="F48" s="23" t="s">
+      <c r="F48" s="22" t="s">
         <v>29</v>
       </c>
-      <c r="G48" s="45" t="s">
-[...5 lines deleted...]
-      <c r="I48" s="32" t="s">
+      <c r="G48" s="44" t="s">
+        <v>249</v>
+      </c>
+      <c r="H48" s="22" t="s">
+        <v>169</v>
+      </c>
+      <c r="I48" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J48" s="31"/>
-      <c r="K48" s="31"/>
+      <c r="J48" s="30"/>
+      <c r="K48" s="30"/>
     </row>
     <row r="49" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A49" s="23" t="s">
+      <c r="A49" s="22" t="s">
         <v>139</v>
       </c>
-      <c r="B49" s="23" t="s">
+      <c r="B49" s="22" t="s">
         <v>40</v>
       </c>
       <c r="C49" s="3">
         <v>40245</v>
       </c>
-      <c r="D49" s="23" t="s">
+      <c r="D49" s="22" t="s">
         <v>41</v>
       </c>
-      <c r="E49" s="23" t="s">
+      <c r="E49" s="22" t="s">
         <v>131</v>
       </c>
-      <c r="F49" s="23" t="s">
+      <c r="F49" s="22" t="s">
         <v>36</v>
       </c>
-      <c r="G49" s="45" t="s">
-[...5 lines deleted...]
-      <c r="I49" s="32" t="s">
+      <c r="G49" s="44" t="s">
+        <v>172</v>
+      </c>
+      <c r="H49" s="22" t="s">
+        <v>173</v>
+      </c>
+      <c r="I49" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="J49" s="31"/>
-      <c r="K49" s="31"/>
+      <c r="J49" s="30"/>
+      <c r="K49" s="30"/>
     </row>
-    <row r="50" spans="1:11" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      <c r="I50" s="14"/>
+    <row r="50" spans="1:11" ht="150" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="22" t="s">
+        <v>183</v>
+      </c>
+      <c r="B50" s="22" t="s">
+        <v>184</v>
+      </c>
+      <c r="C50" s="35" t="s">
+        <v>185</v>
+      </c>
+      <c r="D50" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="E50" s="22" t="s">
+        <v>134</v>
+      </c>
+      <c r="F50" s="22" t="s">
+        <v>134</v>
+      </c>
+      <c r="G50" s="47" t="s">
+        <v>228</v>
+      </c>
+      <c r="H50" s="47" t="s">
+        <v>229</v>
+      </c>
+      <c r="I50" s="31" t="s">
+        <v>46</v>
+      </c>
+      <c r="J50" s="58" t="s">
+        <v>230</v>
+      </c>
+      <c r="K50" s="14"/>
     </row>
     <row r="51" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A51" s="57" t="s">
-[...3 lines deleted...]
-      <c r="C51" s="58"/>
+      <c r="A51" s="63" t="s">
+        <v>195</v>
+      </c>
+      <c r="B51" s="64"/>
+      <c r="C51" s="64"/>
       <c r="D51" s="12"/>
       <c r="E51" s="12"/>
     </row>
     <row r="52" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A52" s="58"/>
-[...1 lines deleted...]
-      <c r="C52" s="58"/>
+      <c r="A52" s="64"/>
+      <c r="B52" s="64"/>
+      <c r="C52" s="64"/>
       <c r="D52" s="12"/>
       <c r="E52" s="12"/>
     </row>
     <row r="53" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A53" s="58"/>
-[...1 lines deleted...]
-      <c r="C53" s="58"/>
+      <c r="A53" s="64"/>
+      <c r="B53" s="64"/>
+      <c r="C53" s="64"/>
       <c r="D53" s="12"/>
       <c r="E53" s="12"/>
     </row>
     <row r="54" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A54" s="58"/>
-[...1 lines deleted...]
-      <c r="C54" s="58"/>
+      <c r="A54" s="64"/>
+      <c r="B54" s="64"/>
+      <c r="C54" s="64"/>
       <c r="D54" s="12"/>
       <c r="E54" s="12"/>
     </row>
     <row r="55" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A55" s="58"/>
-[...1 lines deleted...]
-      <c r="C55" s="58"/>
+      <c r="A55" s="64"/>
+      <c r="B55" s="64"/>
+      <c r="C55" s="64"/>
       <c r="D55" s="12"/>
       <c r="E55" s="12"/>
     </row>
     <row r="56" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A56" s="58"/>
-[...1 lines deleted...]
-      <c r="C56" s="58"/>
+      <c r="A56" s="64"/>
+      <c r="B56" s="64"/>
+      <c r="C56" s="64"/>
       <c r="D56" s="12"/>
       <c r="E56" s="12"/>
     </row>
     <row r="57" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A57" s="12"/>
       <c r="B57" s="12"/>
       <c r="C57" s="12"/>
       <c r="D57" s="12"/>
       <c r="E57" s="12"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="I28:I30"/>
     <mergeCell ref="A51:C56"/>
     <mergeCell ref="I31:I34"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="I14" r:id="rId1" xr:uid="{EED691CB-F686-4199-BDD8-494DD4F3F528}"/>
     <hyperlink ref="I15" r:id="rId2" xr:uid="{785D801B-7085-4AEB-9A56-A9ABA09A2BAB}"/>
     <hyperlink ref="I31" r:id="rId3" xr:uid="{38AE5F6A-3F21-4654-B7AA-814F3F437981}"/>
     <hyperlink ref="I31:I32" r:id="rId4" display="Portfolio" xr:uid="{06B4FC7C-BB92-43E3-85DA-17EF917004BB}"/>
     <hyperlink ref="I31:I33" r:id="rId5" display="Portfolio" xr:uid="{45196E7A-8816-4136-B9AD-0DEB5116C153}"/>
     <hyperlink ref="I31:I34" r:id="rId6" display="Portfolio" xr:uid="{40CBF78D-A1ED-4900-A0EC-FF354127CE27}"/>
     <hyperlink ref="I28" r:id="rId7" xr:uid="{BDF9AB5A-4C9B-4EF4-9E0A-601217A8CA85}"/>
     <hyperlink ref="I40" r:id="rId8" xr:uid="{415E0694-E448-4A28-AFDF-CCFC99E10BCC}"/>
@@ -6334,57 +6508,58 @@
     <hyperlink ref="I24" r:id="rId15" xr:uid="{3E204F9B-B1CA-4D36-9C01-63D383F6ED7A}"/>
     <hyperlink ref="I41" r:id="rId16" xr:uid="{A428DD7B-8DFB-4C22-BC81-66A2D624EB11}"/>
     <hyperlink ref="I45" r:id="rId17" xr:uid="{B730E2AC-B14D-4534-994A-1DC25DAF09A9}"/>
     <hyperlink ref="I46" r:id="rId18" xr:uid="{82070025-2C53-43FD-8C2D-2664A2242E77}"/>
     <hyperlink ref="I49" r:id="rId19" xr:uid="{DFBAE9FF-AC0C-40E6-B43E-3AD720142FCA}"/>
     <hyperlink ref="I42" r:id="rId20" xr:uid="{ED7857D5-4976-442E-A54D-7B1A7E587ABE}"/>
     <hyperlink ref="I47" r:id="rId21" xr:uid="{C80F5EE5-D243-4BFE-B091-C5D0997509FA}"/>
     <hyperlink ref="I44" r:id="rId22" xr:uid="{BCB58E2B-AC8C-47AB-BD93-574BC515618A}"/>
     <hyperlink ref="I48" r:id="rId23" xr:uid="{BBD45C35-A878-47F2-97D8-0D1545B4F64B}"/>
     <hyperlink ref="I43" r:id="rId24" xr:uid="{D11AE3E4-A1F3-4302-B35F-D043CB5D64BD}"/>
     <hyperlink ref="I17" r:id="rId25" xr:uid="{69122ED8-C155-47EB-B0E5-F7C2F31B6FC9}"/>
     <hyperlink ref="I23" r:id="rId26" xr:uid="{9033F8A8-259D-4B8D-B6F5-0475F1E3DDAD}"/>
     <hyperlink ref="I9" r:id="rId27" xr:uid="{B74A2825-15E7-4986-A6B4-00B7820E4848}"/>
     <hyperlink ref="I10" r:id="rId28" xr:uid="{0DE67D32-1FC4-47B5-929B-4599DB210D7C}"/>
     <hyperlink ref="I5" r:id="rId29" xr:uid="{99B223E8-A712-41F2-A625-B3087B82C794}"/>
     <hyperlink ref="I4" r:id="rId30" xr:uid="{2CF02616-07B8-409D-ABBD-9BC40AE90E7D}"/>
     <hyperlink ref="I6" r:id="rId31" xr:uid="{72A3DA85-3613-4831-B642-9E420B11583C}"/>
     <hyperlink ref="I8" r:id="rId32" xr:uid="{1BBD66C5-A52B-42CA-8FD6-94EC63923CD7}"/>
     <hyperlink ref="I11" r:id="rId33" xr:uid="{EDA9A6DC-F0F3-4D63-B4AC-2A784C1AA47E}"/>
     <hyperlink ref="I3" r:id="rId34" xr:uid="{FA7E0D20-E574-4E09-90BE-AEDFF4D1DDCC}"/>
     <hyperlink ref="I7" r:id="rId35" xr:uid="{1AE2D1F1-9C2C-43E0-86A6-23A0DC779906}"/>
     <hyperlink ref="I13" r:id="rId36" xr:uid="{C05D26AF-088F-418F-88A2-46F6540DA4D4}"/>
     <hyperlink ref="I12" r:id="rId37" xr:uid="{99CD63DB-D2B4-4992-B3BA-A3C766506863}"/>
     <hyperlink ref="I25" r:id="rId38" xr:uid="{062AC6E8-397F-472F-B28D-37FDCE150877}"/>
     <hyperlink ref="I28:I30" r:id="rId39" display="Portfolio" xr:uid="{7B6745C5-7F9E-4626-927D-A0849492A524}"/>
+    <hyperlink ref="I50" r:id="rId40" xr:uid="{B592A200-541E-4AF3-BDD9-7E25FD344ED4}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="29" fitToHeight="0" orientation="landscape" r:id="rId40"/>
+  <pageSetup paperSize="9" scale="29" fitToHeight="0" orientation="landscape" r:id="rId41"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;10&amp;KFF0000 "Sensitivity: Public"&amp;1#_x000D_</oddHeader>
   </headerFooter>
-  <drawing r:id="rId41"/>
+  <drawing r:id="rId42"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>